--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a712f23bfed44e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362c7edaf4a74f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R760c8eafd0144e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R42f45d11fb634667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R760c8eafd0144e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42f45d11fb634667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -30631,28 +30631,756 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G589" t="inlineStr">
         <x:is>
           <x:t>41.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H589" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I589" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J589" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="590">
+      <x:c r="A590" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B590" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C590" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D590" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E590" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F590" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G590" t="inlineStr">
+        <x:is>
+          <x:t>74.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H590" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I590" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J590" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="591">
+      <x:c r="A591" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B591" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C591" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D591" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E591" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F591" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G591" t="inlineStr">
+        <x:is>
+          <x:t>74.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H591" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I591" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J591" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="592">
+      <x:c r="A592" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B592" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C592" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D592" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E592" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F592" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G592" t="inlineStr">
+        <x:is>
+          <x:t>74.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H592" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I592" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J592" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="593">
+      <x:c r="A593" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B593" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C593" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D593" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E593" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F593" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G593" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H593" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I593" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J593" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="594">
+      <x:c r="A594" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B594" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C594" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D594" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E594" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F594" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G594" t="inlineStr">
+        <x:is>
+          <x:t>70.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H594" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I594" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J594" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="595">
+      <x:c r="A595" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B595" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C595" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D595" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E595" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F595" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G595" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H595" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I595" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J595" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="596">
+      <x:c r="A596" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B596" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C596" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D596" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E596" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F596" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G596" t="inlineStr">
+        <x:is>
+          <x:t>66.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H596" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I596" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J596" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="597">
+      <x:c r="A597" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B597" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C597" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D597" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E597" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F597" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G597" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H597" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I597" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J597" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="598">
+      <x:c r="A598" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B598" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C598" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D598" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E598" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F598" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G598" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H598" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I598" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J598" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="599">
+      <x:c r="A599" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B599" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C599" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D599" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E599" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F599" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G599" t="inlineStr">
+        <x:is>
+          <x:t>54.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H599" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I599" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J599" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="600">
+      <x:c r="A600" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B600" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C600" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D600" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E600" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F600" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G600" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H600" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I600" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J600" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="601">
+      <x:c r="A601" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B601" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C601" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D601" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E601" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F601" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G601" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H601" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I601" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J601" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="602">
+      <x:c r="A602" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B602" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C602" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D602" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E602" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F602" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G602" t="inlineStr">
+        <x:is>
+          <x:t>51.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H602" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I602" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J602" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="603">
+      <x:c r="A603" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B603" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C603" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D603" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E603" t="inlineStr">
+        <x:is>
+          <x:t>38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F603" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G603" t="inlineStr">
+        <x:is>
+          <x:t>50.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H603" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I603" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J603" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>