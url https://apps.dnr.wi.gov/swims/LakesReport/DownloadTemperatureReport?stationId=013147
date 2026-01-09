--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362c7edaf4a74f2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e77a9e0deb647db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R42f45d11fb634667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R168917f3723a4426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R42f45d11fb634667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R168917f3723a4426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>