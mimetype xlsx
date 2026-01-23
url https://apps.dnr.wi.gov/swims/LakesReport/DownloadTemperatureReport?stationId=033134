--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1902a2eb2154319" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefabf7faf1a45da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdad74bfc1c36492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R81b7b38a80054231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdad74bfc1c36492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81b7b38a80054231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -12171,28 +12171,1276 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G234" t="inlineStr">
         <x:is>
           <x:t>49.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H234" t="inlineStr">
         <x:is>
           <x:t>.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I234" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J234" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t>3.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>64.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B237" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C237" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D237" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E237" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G237" t="inlineStr">
+        <x:is>
+          <x:t>55.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H237" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I237" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J237" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B238" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C238" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D238" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E238" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G238" t="inlineStr">
+        <x:is>
+          <x:t>53.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H238" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I238" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J238" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="239">
+      <x:c r="A239" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B239" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C239" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D239" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E239" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G239" t="inlineStr">
+        <x:is>
+          <x:t>49.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H239" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I239" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J239" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c r="A240" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B240" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C240" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D240" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E240" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G240" t="inlineStr">
+        <x:is>
+          <x:t>46.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H240" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I240" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J240" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c r="A241" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B241" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C241" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D241" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E241" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G241" t="inlineStr">
+        <x:is>
+          <x:t>46.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H241" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I241" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J241" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c r="A242" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B242" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C242" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D242" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E242" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G242" t="inlineStr">
+        <x:is>
+          <x:t>47.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H242" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I242" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J242" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c r="A243" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B243" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C243" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D243" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E243" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G243" t="inlineStr">
+        <x:is>
+          <x:t>79.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H243" t="inlineStr">
+        <x:is>
+          <x:t>3.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I243" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J243" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t>69.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
+        <x:is>
+          <x:t>59.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H245" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B246" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C246" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D246" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E246" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G246" t="inlineStr">
+        <x:is>
+          <x:t>56.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H246" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I246" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J246" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c r="A247" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B247" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C247" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D247" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E247" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G247" t="inlineStr">
+        <x:is>
+          <x:t>50.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H247" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I247" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J247" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="248">
+      <x:c r="A248" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B248" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C248" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D248" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E248" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G248" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H248" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I248" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J248" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c r="A249" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B249" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C249" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D249" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E249" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G249" t="inlineStr">
+        <x:is>
+          <x:t>48.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H249" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I249" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J249" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="250">
+      <x:c r="A250" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B250" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C250" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D250" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E250" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G250" t="inlineStr">
+        <x:is>
+          <x:t>48.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H250" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I250" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J250" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="251">
+      <x:c r="A251" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B251" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C251" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D251" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E251" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G251" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H251" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I251" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J251" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="252">
+      <x:c r="A252" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B252" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C252" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D252" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E252" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G252" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H252" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I252" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J252" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="253">
+      <x:c r="A253" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B253" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C253" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D253" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E253" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G253" t="inlineStr">
+        <x:is>
+          <x:t>60.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H253" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I253" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J253" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="254">
+      <x:c r="A254" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B254" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C254" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D254" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E254" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G254" t="inlineStr">
+        <x:is>
+          <x:t>59.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H254" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I254" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J254" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="255">
+      <x:c r="A255" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B255" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C255" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D255" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E255" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G255" t="inlineStr">
+        <x:is>
+          <x:t>53.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H255" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I255" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J255" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="256">
+      <x:c r="A256" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B256" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C256" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D256" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E256" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G256" t="inlineStr">
+        <x:is>
+          <x:t>50.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H256" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I256" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J256" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="257">
+      <x:c r="A257" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B257" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C257" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D257" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E257" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F257" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G257" t="inlineStr">
+        <x:is>
+          <x:t>50.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H257" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I257" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J257" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="258">
+      <x:c r="A258" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B258" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C258" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D258" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E258" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F258" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G258" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H258" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I258" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J258" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>