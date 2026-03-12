--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefabf7faf1a45da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3815de26fddf4259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R81b7b38a80054231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5545b190c5a442d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81b7b38a80054231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5545b190c5a442d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>