--- v0 (2025-10-03)
+++ v1 (2025-12-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53cfd89d89d44192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2c28b0259a4796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbb1cc196d41a4530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1f11657a6b984e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb1cc196d41a4530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f11657a6b984e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>