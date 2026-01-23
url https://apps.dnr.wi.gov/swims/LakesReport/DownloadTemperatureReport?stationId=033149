--- v1 (2025-12-04)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2c28b0259a4796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cc4aa68e2c40d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1f11657a6b984e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0589fd96560b4efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f11657a6b984e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0589fd96560b4efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -14823,28 +14823,4396 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G285" t="inlineStr">
         <x:is>
           <x:t>72</x:t>
         </x:is>
       </x:c>
       <x:c r="H285" t="inlineStr">
         <x:is>
           <x:t>8.46</x:t>
         </x:is>
       </x:c>
       <x:c r="I285" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J285" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="286">
+      <x:c r="A286" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B286" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C286" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D286" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E286" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G286" t="inlineStr">
+        <x:is>
+          <x:t>17.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H286" t="inlineStr">
+        <x:is>
+          <x:t>11.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I286" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J286" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c r="A287" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B287" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C287" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D287" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E287" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G287" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H287" t="inlineStr">
+        <x:is>
+          <x:t>11.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I287" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J287" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B288" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C288" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D288" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E288" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G288" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H288" t="inlineStr">
+        <x:is>
+          <x:t>11.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I288" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J288" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c r="A289" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B289" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C289" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D289" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E289" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G289" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H289" t="inlineStr">
+        <x:is>
+          <x:t>11.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I289" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J289" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="290">
+      <x:c r="A290" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B290" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C290" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D290" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E290" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G290" t="inlineStr">
+        <x:is>
+          <x:t>16.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H290" t="inlineStr">
+        <x:is>
+          <x:t>11.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I290" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J290" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="291">
+      <x:c r="A291" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B291" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C291" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D291" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E291" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G291" t="inlineStr">
+        <x:is>
+          <x:t>16.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H291" t="inlineStr">
+        <x:is>
+          <x:t>10.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I291" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J291" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="292">
+      <x:c r="A292" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B292" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C292" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D292" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E292" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G292" t="inlineStr">
+        <x:is>
+          <x:t>16.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H292" t="inlineStr">
+        <x:is>
+          <x:t>9.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I292" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J292" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="293">
+      <x:c r="A293" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B293" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C293" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D293" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E293" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F293" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G293" t="inlineStr">
+        <x:is>
+          <x:t>15.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H293" t="inlineStr">
+        <x:is>
+          <x:t>7.13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I293" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J293" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="294">
+      <x:c r="A294" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B294" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C294" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D294" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E294" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F294" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G294" t="inlineStr">
+        <x:is>
+          <x:t>15.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H294" t="inlineStr">
+        <x:is>
+          <x:t>5.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I294" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J294" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="295">
+      <x:c r="A295" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B295" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C295" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D295" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E295" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F295" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G295" t="inlineStr">
+        <x:is>
+          <x:t>15.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H295" t="inlineStr">
+        <x:is>
+          <x:t>3.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I295" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J295" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="296">
+      <x:c r="A296" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B296" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C296" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D296" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E296" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F296" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G296" t="inlineStr">
+        <x:is>
+          <x:t>15.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H296" t="inlineStr">
+        <x:is>
+          <x:t>1.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I296" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J296" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="297">
+      <x:c r="A297" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B297" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C297" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D297" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E297" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F297" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G297" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H297" t="inlineStr">
+        <x:is>
+          <x:t>.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I297" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J297" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="298">
+      <x:c r="A298" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B298" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C298" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D298" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E298" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F298" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G298" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H298" t="inlineStr">
+        <x:is>
+          <x:t>11.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I298" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J298" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="299">
+      <x:c r="A299" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B299" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C299" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D299" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E299" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F299" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G299" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H299" t="inlineStr">
+        <x:is>
+          <x:t>11.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I299" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J299" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="300">
+      <x:c r="A300" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B300" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C300" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D300" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E300" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F300" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G300" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H300" t="inlineStr">
+        <x:is>
+          <x:t>11.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I300" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J300" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="301">
+      <x:c r="A301" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B301" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C301" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D301" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E301" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F301" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G301" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H301" t="inlineStr">
+        <x:is>
+          <x:t>10.99</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I301" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J301" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="302">
+      <x:c r="A302" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B302" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C302" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D302" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E302" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F302" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G302" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H302" t="inlineStr">
+        <x:is>
+          <x:t>10.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I302" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J302" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="303">
+      <x:c r="A303" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B303" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C303" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D303" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E303" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F303" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G303" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H303" t="inlineStr">
+        <x:is>
+          <x:t>10.96</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I303" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J303" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="304">
+      <x:c r="A304" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B304" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C304" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D304" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E304" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F304" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G304" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H304" t="inlineStr">
+        <x:is>
+          <x:t>10.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I304" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J304" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="305">
+      <x:c r="A305" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B305" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C305" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D305" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E305" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F305" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G305" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H305" t="inlineStr">
+        <x:is>
+          <x:t>10.84</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I305" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J305" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="306">
+      <x:c r="A306" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B306" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C306" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D306" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E306" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F306" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G306" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H306" t="inlineStr">
+        <x:is>
+          <x:t>10.78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I306" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J306" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="307">
+      <x:c r="A307" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B307" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C307" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D307" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E307" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F307" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G307" t="inlineStr">
+        <x:is>
+          <x:t>19.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H307" t="inlineStr">
+        <x:is>
+          <x:t>9.87</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I307" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J307" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="308">
+      <x:c r="A308" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B308" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C308" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D308" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E308" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F308" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G308" t="inlineStr">
+        <x:is>
+          <x:t>19.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H308" t="inlineStr">
+        <x:is>
+          <x:t>7.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I308" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J308" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="309">
+      <x:c r="A309" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B309" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C309" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D309" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E309" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F309" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G309" t="inlineStr">
+        <x:is>
+          <x:t>18.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H309" t="inlineStr">
+        <x:is>
+          <x:t>.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I309" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J309" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="310">
+      <x:c r="A310" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B310" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C310" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D310" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E310" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F310" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G310" t="inlineStr">
+        <x:is>
+          <x:t>24.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H310" t="inlineStr">
+        <x:is>
+          <x:t>9.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I310" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J310" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="311">
+      <x:c r="A311" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B311" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C311" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D311" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E311" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F311" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G311" t="inlineStr">
+        <x:is>
+          <x:t>24.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H311" t="inlineStr">
+        <x:is>
+          <x:t>9.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I311" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J311" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="312">
+      <x:c r="A312" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B312" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C312" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D312" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E312" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F312" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G312" t="inlineStr">
+        <x:is>
+          <x:t>24.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H312" t="inlineStr">
+        <x:is>
+          <x:t>9.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I312" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J312" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="313">
+      <x:c r="A313" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B313" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C313" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D313" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E313" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F313" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G313" t="inlineStr">
+        <x:is>
+          <x:t>24.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H313" t="inlineStr">
+        <x:is>
+          <x:t>7.69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I313" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J313" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="314">
+      <x:c r="A314" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B314" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C314" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D314" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E314" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F314" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G314" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H314" t="inlineStr">
+        <x:is>
+          <x:t>6.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I314" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J314" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="315">
+      <x:c r="A315" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B315" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C315" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D315" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E315" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F315" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G315" t="inlineStr">
+        <x:is>
+          <x:t>23.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H315" t="inlineStr">
+        <x:is>
+          <x:t>6.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I315" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J315" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="316">
+      <x:c r="A316" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B316" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C316" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D316" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E316" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F316" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G316" t="inlineStr">
+        <x:is>
+          <x:t>23.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H316" t="inlineStr">
+        <x:is>
+          <x:t>5.86</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I316" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J316" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="317">
+      <x:c r="A317" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B317" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C317" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D317" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E317" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F317" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G317" t="inlineStr">
+        <x:is>
+          <x:t>23.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H317" t="inlineStr">
+        <x:is>
+          <x:t>5.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I317" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J317" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="318">
+      <x:c r="A318" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B318" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C318" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D318" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E318" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F318" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G318" t="inlineStr">
+        <x:is>
+          <x:t>23.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H318" t="inlineStr">
+        <x:is>
+          <x:t>5.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I318" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J318" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="319">
+      <x:c r="A319" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B319" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C319" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D319" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E319" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F319" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G319" t="inlineStr">
+        <x:is>
+          <x:t>23.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H319" t="inlineStr">
+        <x:is>
+          <x:t>5.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I319" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J319" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="320">
+      <x:c r="A320" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B320" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C320" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D320" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E320" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F320" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G320" t="inlineStr">
+        <x:is>
+          <x:t>20.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H320" t="inlineStr">
+        <x:is>
+          <x:t>.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I320" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J320" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="321">
+      <x:c r="A321" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B321" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C321" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D321" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E321" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F321" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G321" t="inlineStr">
+        <x:is>
+          <x:t>20.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H321" t="inlineStr">
+        <x:is>
+          <x:t>.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I321" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J321" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="322">
+      <x:c r="A322" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B322" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C322" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D322" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E322" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G322" t="inlineStr">
+        <x:is>
+          <x:t>27.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H322" t="inlineStr">
+        <x:is>
+          <x:t>17.13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I322" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J322" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="323">
+      <x:c r="A323" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B323" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C323" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D323" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E323" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G323" t="inlineStr">
+        <x:is>
+          <x:t>27.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H323" t="inlineStr">
+        <x:is>
+          <x:t>17.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I323" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J323" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="324">
+      <x:c r="A324" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B324" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C324" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D324" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E324" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G324" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H324" t="inlineStr">
+        <x:is>
+          <x:t>16.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I324" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J324" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="325">
+      <x:c r="A325" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B325" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C325" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D325" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E325" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G325" t="inlineStr">
+        <x:is>
+          <x:t>26.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H325" t="inlineStr">
+        <x:is>
+          <x:t>15.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I325" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J325" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="326">
+      <x:c r="A326" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B326" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C326" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D326" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E326" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G326" t="inlineStr">
+        <x:is>
+          <x:t>26.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H326" t="inlineStr">
+        <x:is>
+          <x:t>14.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I326" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J326" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="327">
+      <x:c r="A327" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B327" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C327" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D327" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E327" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G327" t="inlineStr">
+        <x:is>
+          <x:t>26.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H327" t="inlineStr">
+        <x:is>
+          <x:t>13.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I327" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J327" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c r="A328" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t>26.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t>13.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B329" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C329" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D329" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E329" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t>25.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t>4.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B330" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C330" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D330" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E330" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G330" t="inlineStr">
+        <x:is>
+          <x:t>24.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H330" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I330" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J330" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c r="A331" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B331" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C331" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D331" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E331" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G331" t="inlineStr">
+        <x:is>
+          <x:t>24.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H331" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I331" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J331" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c r="A332" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B332" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C332" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D332" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E332" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G332" t="inlineStr">
+        <x:is>
+          <x:t>23.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H332" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I332" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J332" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c r="A333" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B333" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C333" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D333" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E333" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G333" t="inlineStr">
+        <x:is>
+          <x:t>23.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H333" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I333" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J333" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="334">
+      <x:c r="A334" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B334" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C334" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D334" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E334" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G334" t="inlineStr">
+        <x:is>
+          <x:t>21.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H334" t="inlineStr">
+        <x:is>
+          <x:t>9.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I334" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J334" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="335">
+      <x:c r="A335" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B335" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C335" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D335" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E335" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G335" t="inlineStr">
+        <x:is>
+          <x:t>21.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H335" t="inlineStr">
+        <x:is>
+          <x:t>9.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I335" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J335" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="336">
+      <x:c r="A336" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B336" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C336" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D336" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E336" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G336" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H336" t="inlineStr">
+        <x:is>
+          <x:t>9.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I336" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J336" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="337">
+      <x:c r="A337" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B337" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C337" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D337" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E337" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G337" t="inlineStr">
+        <x:is>
+          <x:t>21.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H337" t="inlineStr">
+        <x:is>
+          <x:t>9.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I337" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J337" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="338">
+      <x:c r="A338" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B338" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C338" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D338" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E338" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F338" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G338" t="inlineStr">
+        <x:is>
+          <x:t>21.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H338" t="inlineStr">
+        <x:is>
+          <x:t>9.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I338" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J338" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="339">
+      <x:c r="A339" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B339" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C339" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D339" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E339" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G339" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H339" t="inlineStr">
+        <x:is>
+          <x:t>7.56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I339" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J339" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B340" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C340" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D340" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E340" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G340" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H340" t="inlineStr">
+        <x:is>
+          <x:t>6.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I340" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J340" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C341" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D341" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E341" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t>6.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J341" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B342" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C342" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D342" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E342" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G342" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H342" t="inlineStr">
+        <x:is>
+          <x:t>5.84</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="343">
+      <x:c r="A343" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B343" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C343" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D343" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E343" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G343" t="inlineStr">
+        <x:is>
+          <x:t>20.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H343" t="inlineStr">
+        <x:is>
+          <x:t>3.96</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I343" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J343" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="344">
+      <x:c r="A344" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B344" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C344" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D344" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E344" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G344" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H344" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I344" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J344" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="345">
+      <x:c r="A345" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B345" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C345" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D345" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E345" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G345" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H345" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I345" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J345" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="346">
+      <x:c r="A346" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B346" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C346" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D346" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E346" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G346" t="inlineStr">
+        <x:is>
+          <x:t>18.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H346" t="inlineStr">
+        <x:is>
+          <x:t>10.37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I346" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J346" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="347">
+      <x:c r="A347" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B347" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C347" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D347" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E347" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G347" t="inlineStr">
+        <x:is>
+          <x:t>18.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H347" t="inlineStr">
+        <x:is>
+          <x:t>10.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I347" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J347" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c r="A348" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B348" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C348" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D348" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E348" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G348" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H348" t="inlineStr">
+        <x:is>
+          <x:t>10.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I348" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J348" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c r="A349" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B349" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C349" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D349" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E349" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G349" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H349" t="inlineStr">
+        <x:is>
+          <x:t>10.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I349" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J349" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c r="A350" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B350" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C350" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D350" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E350" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G350" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H350" t="inlineStr">
+        <x:is>
+          <x:t>9.96</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I350" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J350" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c r="A351" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B351" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C351" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D351" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E351" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G351" t="inlineStr">
+        <x:is>
+          <x:t>18.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H351" t="inlineStr">
+        <x:is>
+          <x:t>9.71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I351" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J351" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c r="A352" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B352" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C352" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D352" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E352" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G352" t="inlineStr">
+        <x:is>
+          <x:t>18.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H352" t="inlineStr">
+        <x:is>
+          <x:t>9.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I352" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J352" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="353">
+      <x:c r="A353" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B353" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C353" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D353" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E353" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G353" t="inlineStr">
+        <x:is>
+          <x:t>18.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H353" t="inlineStr">
+        <x:is>
+          <x:t>9.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I353" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J353" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="354">
+      <x:c r="A354" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B354" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C354" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D354" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E354" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G354" t="inlineStr">
+        <x:is>
+          <x:t>18.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H354" t="inlineStr">
+        <x:is>
+          <x:t>9.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I354" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J354" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="355">
+      <x:c r="A355" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B355" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C355" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D355" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E355" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F355" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G355" t="inlineStr">
+        <x:is>
+          <x:t>18.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H355" t="inlineStr">
+        <x:is>
+          <x:t>9.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I355" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J355" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="356">
+      <x:c r="A356" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B356" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C356" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D356" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E356" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F356" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G356" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H356" t="inlineStr">
+        <x:is>
+          <x:t>8.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I356" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J356" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="357">
+      <x:c r="A357" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B357" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C357" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D357" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E357" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F357" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G357" t="inlineStr">
+        <x:is>
+          <x:t>18.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H357" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I357" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J357" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="358">
+      <x:c r="A358" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B358" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C358" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D358" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E358" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F358" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G358" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H358" t="inlineStr">
+        <x:is>
+          <x:t>11.63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I358" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J358" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="359">
+      <x:c r="A359" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B359" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C359" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D359" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E359" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F359" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G359" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H359" t="inlineStr">
+        <x:is>
+          <x:t>11.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I359" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J359" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="360">
+      <x:c r="A360" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B360" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C360" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D360" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E360" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F360" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G360" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H360" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I360" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J360" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="361">
+      <x:c r="A361" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B361" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C361" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D361" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E361" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F361" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G361" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H361" t="inlineStr">
+        <x:is>
+          <x:t>11.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I361" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J361" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="362">
+      <x:c r="A362" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B362" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C362" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D362" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E362" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F362" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G362" t="inlineStr">
+        <x:is>
+          <x:t>20.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H362" t="inlineStr">
+        <x:is>
+          <x:t>10.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I362" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J362" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="363">
+      <x:c r="A363" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B363" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C363" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D363" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E363" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F363" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G363" t="inlineStr">
+        <x:is>
+          <x:t>20.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H363" t="inlineStr">
+        <x:is>
+          <x:t>10.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I363" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J363" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="364">
+      <x:c r="A364" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B364" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C364" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D364" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E364" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F364" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G364" t="inlineStr">
+        <x:is>
+          <x:t>20.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H364" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I364" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J364" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="365">
+      <x:c r="A365" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B365" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C365" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D365" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E365" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G365" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H365" t="inlineStr">
+        <x:is>
+          <x:t>6.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I365" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J365" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="366">
+      <x:c r="A366" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B366" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C366" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D366" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E366" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G366" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H366" t="inlineStr">
+        <x:is>
+          <x:t>2.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I366" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J366" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="367">
+      <x:c r="A367" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B367" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C367" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D367" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E367" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G367" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H367" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I367" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J367" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="368">
+      <x:c r="A368" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B368" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C368" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D368" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E368" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G368" t="inlineStr">
+        <x:is>
+          <x:t>19.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H368" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I368" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J368" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="369">
+      <x:c r="A369" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B369" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C369" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D369" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E369" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G369" t="inlineStr">
+        <x:is>
+          <x:t>19.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H369" t="inlineStr">
+        <x:is>
+          <x:t>.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I369" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J369" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>