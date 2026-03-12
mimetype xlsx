--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cc4aa68e2c40d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352a305be0134a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0589fd96560b4efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc632e99d2bff45e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0589fd96560b4efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc632e99d2bff45e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>