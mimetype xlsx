--- v0 (2025-12-26)
+++ v1 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f36b1afba44378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19662d78ff68448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb5ba39039c434e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0b685a7cb3204cd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5ba39039c434e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b685a7cb3204cd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -26263,28 +26263,2316 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G505" t="inlineStr">
         <x:is>
           <x:t>57.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H505" t="inlineStr">
         <x:is>
           <x:t>11.73</x:t>
         </x:is>
       </x:c>
       <x:c r="I505" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J505" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="506">
+      <x:c r="A506" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B506" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C506" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D506" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E506" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F506" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G506" t="inlineStr">
+        <x:is>
+          <x:t>68.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H506" t="inlineStr">
+        <x:is>
+          <x:t>13.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I506" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J506" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="507">
+      <x:c r="A507" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B507" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C507" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D507" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E507" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F507" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G507" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H507" t="inlineStr">
+        <x:is>
+          <x:t>13.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I507" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J507" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="508">
+      <x:c r="A508" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B508" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C508" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D508" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E508" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F508" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G508" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H508" t="inlineStr">
+        <x:is>
+          <x:t>12.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I508" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J508" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="509">
+      <x:c r="A509" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B509" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C509" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D509" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E509" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F509" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G509" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H509" t="inlineStr">
+        <x:is>
+          <x:t>12.83</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I509" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J509" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="510">
+      <x:c r="A510" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B510" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C510" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D510" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E510" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F510" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G510" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H510" t="inlineStr">
+        <x:is>
+          <x:t>12.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I510" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J510" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="511">
+      <x:c r="A511" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B511" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C511" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D511" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E511" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F511" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G511" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H511" t="inlineStr">
+        <x:is>
+          <x:t>12.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I511" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J511" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="512">
+      <x:c r="A512" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B512" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C512" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D512" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E512" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F512" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G512" t="inlineStr">
+        <x:is>
+          <x:t>67.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H512" t="inlineStr">
+        <x:is>
+          <x:t>11.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I512" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J512" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="513">
+      <x:c r="A513" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B513" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C513" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D513" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E513" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F513" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G513" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H513" t="inlineStr">
+        <x:is>
+          <x:t>11.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I513" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J513" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="514">
+      <x:c r="A514" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B514" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C514" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D514" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E514" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F514" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G514" t="inlineStr">
+        <x:is>
+          <x:t>75.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H514" t="inlineStr">
+        <x:is>
+          <x:t>8.79</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I514" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J514" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="515">
+      <x:c r="A515" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B515" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C515" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D515" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E515" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F515" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G515" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H515" t="inlineStr">
+        <x:is>
+          <x:t>8.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I515" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J515" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="516">
+      <x:c r="A516" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B516" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C516" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D516" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E516" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F516" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G516" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H516" t="inlineStr">
+        <x:is>
+          <x:t>8.59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I516" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J516" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="517">
+      <x:c r="A517" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B517" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C517" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D517" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E517" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F517" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G517" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H517" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I517" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J517" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="518">
+      <x:c r="A518" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B518" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C518" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D518" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E518" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F518" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G518" t="inlineStr">
+        <x:is>
+          <x:t>68.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H518" t="inlineStr">
+        <x:is>
+          <x:t>.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I518" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J518" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="519">
+      <x:c r="A519" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B519" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C519" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D519" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E519" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F519" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G519" t="inlineStr">
+        <x:is>
+          <x:t>66.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H519" t="inlineStr">
+        <x:is>
+          <x:t>.91</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I519" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J519" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="520">
+      <x:c r="A520" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B520" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C520" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D520" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E520" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F520" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G520" t="inlineStr">
+        <x:is>
+          <x:t>64.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H520" t="inlineStr">
+        <x:is>
+          <x:t>.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I520" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J520" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="521">
+      <x:c r="A521" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B521" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C521" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D521" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E521" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F521" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G521" t="inlineStr">
+        <x:is>
+          <x:t>63.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H521" t="inlineStr">
+        <x:is>
+          <x:t>.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I521" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J521" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="522">
+      <x:c r="A522" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B522" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C522" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D522" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E522" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F522" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G522" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H522" t="inlineStr">
+        <x:is>
+          <x:t>.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I522" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J522" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="523">
+      <x:c r="A523" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B523" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C523" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D523" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E523" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F523" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G523" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H523" t="inlineStr">
+        <x:is>
+          <x:t>13.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I523" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J523" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="524">
+      <x:c r="A524" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B524" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C524" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D524" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E524" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F524" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G524" t="inlineStr">
+        <x:is>
+          <x:t>76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H524" t="inlineStr">
+        <x:is>
+          <x:t>13.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I524" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J524" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="525">
+      <x:c r="A525" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B525" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C525" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D525" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E525" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F525" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G525" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H525" t="inlineStr">
+        <x:is>
+          <x:t>11.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I525" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J525" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="526">
+      <x:c r="A526" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B526" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C526" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D526" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E526" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F526" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G526" t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H526" t="inlineStr">
+        <x:is>
+          <x:t>11.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I526" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J526" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="527">
+      <x:c r="A527" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B527" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C527" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D527" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E527" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F527" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G527" t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H527" t="inlineStr">
+        <x:is>
+          <x:t>10.73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I527" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J527" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="528">
+      <x:c r="A528" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B528" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C528" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D528" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E528" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F528" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G528" t="inlineStr">
+        <x:is>
+          <x:t>74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H528" t="inlineStr">
+        <x:is>
+          <x:t>8.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I528" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J528" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="529">
+      <x:c r="A529" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B529" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C529" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D529" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E529" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F529" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G529" t="inlineStr">
+        <x:is>
+          <x:t>73.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H529" t="inlineStr">
+        <x:is>
+          <x:t>2.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I529" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J529" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="530">
+      <x:c r="A530" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B530" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C530" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D530" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E530" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F530" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G530" t="inlineStr">
+        <x:is>
+          <x:t>73.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H530" t="inlineStr">
+        <x:is>
+          <x:t>.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I530" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J530" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="531">
+      <x:c r="A531" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B531" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C531" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D531" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E531" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F531" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G531" t="inlineStr">
+        <x:is>
+          <x:t>73.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H531" t="inlineStr">
+        <x:is>
+          <x:t>.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I531" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J531" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="532">
+      <x:c r="A532" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B532" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C532" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D532" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E532" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F532" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G532" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H532" t="inlineStr">
+        <x:is>
+          <x:t>12.81</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I532" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J532" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="533">
+      <x:c r="A533" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B533" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C533" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D533" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E533" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F533" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G533" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H533" t="inlineStr">
+        <x:is>
+          <x:t>12.82</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I533" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J533" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="534">
+      <x:c r="A534" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B534" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C534" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D534" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E534" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F534" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G534" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H534" t="inlineStr">
+        <x:is>
+          <x:t>12.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I534" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J534" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="535">
+      <x:c r="A535" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B535" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C535" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D535" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E535" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F535" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G535" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H535" t="inlineStr">
+        <x:is>
+          <x:t>12.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I535" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J535" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="536">
+      <x:c r="A536" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B536" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C536" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D536" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E536" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F536" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G536" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H536" t="inlineStr">
+        <x:is>
+          <x:t>12.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I536" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J536" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="537">
+      <x:c r="A537" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B537" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C537" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D537" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E537" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F537" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G537" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H537" t="inlineStr">
+        <x:is>
+          <x:t>10.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I537" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J537" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="538">
+      <x:c r="A538" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B538" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C538" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D538" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E538" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F538" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G538" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H538" t="inlineStr">
+        <x:is>
+          <x:t>10.26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I538" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J538" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="539">
+      <x:c r="A539" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B539" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C539" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D539" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E539" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F539" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G539" t="inlineStr">
+        <x:is>
+          <x:t>60.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H539" t="inlineStr">
+        <x:is>
+          <x:t>.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I539" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J539" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="540">
+      <x:c r="A540" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B540" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C540" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D540" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E540" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F540" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G540" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H540" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I540" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J540" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="541">
+      <x:c r="A541" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B541" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C541" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D541" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E541" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F541" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G541" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H541" t="inlineStr">
+        <x:is>
+          <x:t>13.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I541" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J541" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="542">
+      <x:c r="A542" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B542" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C542" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D542" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E542" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F542" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G542" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H542" t="inlineStr">
+        <x:is>
+          <x:t>13.78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I542" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J542" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="543">
+      <x:c r="A543" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B543" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C543" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D543" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E543" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F543" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G543" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H543" t="inlineStr">
+        <x:is>
+          <x:t>13.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I543" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J543" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="544">
+      <x:c r="A544" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B544" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C544" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D544" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E544" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F544" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G544" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H544" t="inlineStr">
+        <x:is>
+          <x:t>13.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I544" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J544" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="545">
+      <x:c r="A545" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B545" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C545" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D545" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E545" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F545" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G545" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H545" t="inlineStr">
+        <x:is>
+          <x:t>13.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I545" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J545" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="546">
+      <x:c r="A546" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B546" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C546" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D546" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E546" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F546" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G546" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H546" t="inlineStr">
+        <x:is>
+          <x:t>9.91</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I546" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J546" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="547">
+      <x:c r="A547" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B547" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C547" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D547" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E547" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F547" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G547" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H547" t="inlineStr">
+        <x:is>
+          <x:t>6.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I547" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J547" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="548">
+      <x:c r="A548" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B548" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C548" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D548" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E548" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F548" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G548" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H548" t="inlineStr">
+        <x:is>
+          <x:t>.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I548" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J548" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="549">
+      <x:c r="A549" t="inlineStr">
+        <x:is>
+          <x:t>09/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B549" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C549" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D549" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E549" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F549" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G549" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H549" t="inlineStr">
+        <x:is>
+          <x:t>.37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I549" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J549" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>