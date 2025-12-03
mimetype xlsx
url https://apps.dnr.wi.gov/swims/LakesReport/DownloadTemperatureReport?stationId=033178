--- v0 (2025-10-01)
+++ v1 (2025-12-03)
@@ -1,1694 +1,1694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf815587f4aef4002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce95ee84d0846e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3540cef294864e14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0ccd84a823584ca8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3540cef294864e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ccd84a823584ca8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t>Dissox Units</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>79.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>7.91</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
+      <x:c r="H2" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
+      <x:c r="I2" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D2" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>7.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
+      <x:c r="H3" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
+      <x:c r="I3" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D3" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>79.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>7.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
+      <x:c r="H4" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
+      <x:c r="I4" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D4" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>7.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
+      <x:c r="H5" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
+      <x:c r="I5" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D5" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
+      <x:c r="H6" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
+      <x:c r="I6" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D6" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>57.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
+      <x:c r="H7" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
+      <x:c r="I7" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D7" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
+      <x:c r="H8" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
+      <x:c r="I8" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D8" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>51.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t>.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
+      <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
+      <x:c r="I9" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D9" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>74.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>6.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
+      <x:c r="H10" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
+      <x:c r="I10" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D10" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>6.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
+      <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
+      <x:c r="I11" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D11" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t>6.63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B12" t="inlineStr">
+      <x:c r="H12" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C12" t="inlineStr">
+      <x:c r="I12" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D12" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J12" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>74.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t>6.67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B13" t="inlineStr">
+      <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C13" t="inlineStr">
+      <x:c r="I13" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D13" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>71.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B14" t="inlineStr">
+      <x:c r="H14" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C14" t="inlineStr">
+      <x:c r="I14" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D14" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J14" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t>65.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
+          <x:t>.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E15" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B15" t="inlineStr">
+      <x:c r="H15" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C15" t="inlineStr">
+      <x:c r="I15" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D15" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J15" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>60.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B16" t="inlineStr">
+      <x:c r="H16" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C16" t="inlineStr">
+      <x:c r="I16" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D16" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J16" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>55.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B17" t="inlineStr">
+      <x:c r="H17" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C17" t="inlineStr">
+      <x:c r="I17" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
-      <x:c r="D17" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J17" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t>7.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B18" t="inlineStr">
+      <x:c r="H18" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C18" t="inlineStr">
+      <x:c r="I18" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D18" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J18" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t>66.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t>7.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B19" t="inlineStr">
+      <x:c r="H19" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C19" t="inlineStr">
+      <x:c r="I19" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D19" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J19" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C20" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
+          <x:t>7.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E20" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F20" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G20" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B20" t="inlineStr">
+      <x:c r="H20" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C20" t="inlineStr">
+      <x:c r="I20" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D20" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J20" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t>7.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B21" t="inlineStr">
+      <x:c r="H21" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C21" t="inlineStr">
+      <x:c r="I21" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D21" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J21" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>66.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>7.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B22" t="inlineStr">
+      <x:c r="H22" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C22" t="inlineStr">
+      <x:c r="I22" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D22" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J22" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>66.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>7.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B23" t="inlineStr">
+      <x:c r="H23" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C23" t="inlineStr">
+      <x:c r="I23" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D23" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J23" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>66.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>6.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B24" t="inlineStr">
+      <x:c r="H24" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C24" t="inlineStr">
+      <x:c r="I24" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D24" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J24" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="B25" t="inlineStr">
+      <x:c r="H25" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C25" t="inlineStr">
+      <x:c r="I25" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D25" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="J25" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>74.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B26" t="inlineStr">
+      <x:c r="H26" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C26" t="inlineStr">
+      <x:c r="I26" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D26" t="inlineStr">
+      <x:c r="J26" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t>74.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E27" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B27" t="inlineStr">
+      <x:c r="H27" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C27" t="inlineStr">
+      <x:c r="I27" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D27" t="inlineStr">
+      <x:c r="J27" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="inlineStr">
         <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>74.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B28" t="inlineStr">
+      <x:c r="H28" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C28" t="inlineStr">
+      <x:c r="I28" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D28" t="inlineStr">
+      <x:c r="J28" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="inlineStr">
         <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t>73.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E29" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B29" t="inlineStr">
+      <x:c r="H29" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C29" t="inlineStr">
+      <x:c r="I29" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D29" t="inlineStr">
+      <x:c r="J29" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="inlineStr">
         <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t>71.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E30" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B30" t="inlineStr">
+      <x:c r="H30" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C30" t="inlineStr">
+      <x:c r="I30" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D30" t="inlineStr">
+      <x:c r="J30" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="inlineStr">
         <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C31" t="inlineStr">
+        <x:is>
+          <x:t>63.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E31" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G31" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B31" t="inlineStr">
+      <x:c r="H31" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C31" t="inlineStr">
+      <x:c r="I31" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D31" t="inlineStr">
+      <x:c r="J31" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="inlineStr">
         <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="C32" t="inlineStr">
+        <x:is>
+          <x:t>57.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E32" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G32" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B32" t="inlineStr">
+      <x:c r="H32" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C32" t="inlineStr">
+      <x:c r="I32" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="D32" t="inlineStr">
+      <x:c r="J32" t="inlineStr">
         <x:is>
           <x:t>2020</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>