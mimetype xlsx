--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -1,1694 +1,1694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce95ee84d0846e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047bbf5ed3bb4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0ccd84a823584ca8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1214fe9fb9e94508"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ccd84a823584ca8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1214fe9fb9e94508" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
           <x:t>Result Depth Amt</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Unit</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Temperature</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="E1" t="inlineStr">
         <x:is>
           <x:t>Dissox</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="F1" t="inlineStr">
         <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="G1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
-      <x:c r="H1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
-      <x:c r="I1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>Startyear</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C2" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
           <x:t>79.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D2" t="inlineStr">
+      <x:c r="E2" t="inlineStr">
         <x:is>
           <x:t>7.91</x:t>
         </x:is>
       </x:c>
-      <x:c r="E2" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F2" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G2" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H2" t="inlineStr">
+      <x:c r="I2" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I2" t="inlineStr">
+      <x:c r="J2" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C3" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
           <x:t>79.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="D3" t="inlineStr">
+      <x:c r="E3" t="inlineStr">
         <x:is>
           <x:t>7.93</x:t>
         </x:is>
       </x:c>
-      <x:c r="E3" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F3" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G3" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H3" t="inlineStr">
+      <x:c r="I3" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I3" t="inlineStr">
+      <x:c r="J3" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C4" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
           <x:t>79.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="D4" t="inlineStr">
+      <x:c r="E4" t="inlineStr">
         <x:is>
           <x:t>7.95</x:t>
         </x:is>
       </x:c>
-      <x:c r="E4" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F4" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G4" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H4" t="inlineStr">
+      <x:c r="I4" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I4" t="inlineStr">
+      <x:c r="J4" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C5" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
           <x:t>75.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="D5" t="inlineStr">
+      <x:c r="E5" t="inlineStr">
         <x:is>
           <x:t>7.53</x:t>
         </x:is>
       </x:c>
-      <x:c r="E5" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F5" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G5" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H5" t="inlineStr">
+      <x:c r="I5" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I5" t="inlineStr">
+      <x:c r="J5" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C6" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
           <x:t>65.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D6" t="inlineStr">
+      <x:c r="E6" t="inlineStr">
         <x:is>
           <x:t>.65</x:t>
         </x:is>
       </x:c>
-      <x:c r="E6" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F6" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G6" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H6" t="inlineStr">
+      <x:c r="I6" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I6" t="inlineStr">
+      <x:c r="J6" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C7" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
           <x:t>57.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="D7" t="inlineStr">
+      <x:c r="E7" t="inlineStr">
         <x:is>
           <x:t>.16</x:t>
         </x:is>
       </x:c>
-      <x:c r="E7" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F7" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G7" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H7" t="inlineStr">
+      <x:c r="I7" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I7" t="inlineStr">
+      <x:c r="J7" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C8" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="D8" t="inlineStr">
+      <x:c r="E8" t="inlineStr">
         <x:is>
           <x:t>.08</x:t>
         </x:is>
       </x:c>
-      <x:c r="E8" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F8" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G8" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H8" t="inlineStr">
+      <x:c r="I8" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I8" t="inlineStr">
+      <x:c r="J8" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C9" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
           <x:t>51.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D9" t="inlineStr">
+      <x:c r="E9" t="inlineStr">
         <x:is>
           <x:t>.04</x:t>
         </x:is>
       </x:c>
-      <x:c r="E9" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F9" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G9" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H9" t="inlineStr">
+        <x:is>
           <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H9" t="inlineStr">
+      <x:c r="I9" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="I9" t="inlineStr">
+      <x:c r="J9" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C10" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
           <x:t>74.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="D10" t="inlineStr">
+      <x:c r="E10" t="inlineStr">
         <x:is>
           <x:t>6.51</x:t>
         </x:is>
       </x:c>
-      <x:c r="E10" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F10" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G10" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H10" t="inlineStr">
+      <x:c r="I10" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I10" t="inlineStr">
+      <x:c r="J10" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C11" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
           <x:t>74.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D11" t="inlineStr">
+      <x:c r="E11" t="inlineStr">
         <x:is>
           <x:t>6.53</x:t>
         </x:is>
       </x:c>
-      <x:c r="E11" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F11" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G11" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H11" t="inlineStr">
+      <x:c r="I11" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I11" t="inlineStr">
+      <x:c r="J11" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B12" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="B12" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C12" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
           <x:t>74.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="D12" t="inlineStr">
+      <x:c r="E12" t="inlineStr">
         <x:is>
           <x:t>6.63</x:t>
         </x:is>
       </x:c>
-      <x:c r="E12" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F12" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G12" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H12" t="inlineStr">
+      <x:c r="I12" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I12" t="inlineStr">
+      <x:c r="J12" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B13" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B13" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C13" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
           <x:t>74.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="D13" t="inlineStr">
+      <x:c r="E13" t="inlineStr">
         <x:is>
           <x:t>6.67</x:t>
         </x:is>
       </x:c>
-      <x:c r="E13" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F13" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G13" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H13" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H13" t="inlineStr">
+      <x:c r="I13" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I13" t="inlineStr">
+      <x:c r="J13" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B14" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="B14" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C14" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
           <x:t>71.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="D14" t="inlineStr">
+      <x:c r="E14" t="inlineStr">
         <x:is>
           <x:t>.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="E14" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F14" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G14" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H14" t="inlineStr">
+      <x:c r="I14" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I14" t="inlineStr">
+      <x:c r="J14" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B15" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="B15" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C15" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
           <x:t>65.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="D15" t="inlineStr">
+      <x:c r="E15" t="inlineStr">
         <x:is>
           <x:t>.23</x:t>
         </x:is>
       </x:c>
-      <x:c r="E15" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F15" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G15" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H15" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H15" t="inlineStr">
+      <x:c r="I15" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I15" t="inlineStr">
+      <x:c r="J15" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B16" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="B16" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C16" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
           <x:t>60.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="D16" t="inlineStr">
+      <x:c r="E16" t="inlineStr">
         <x:is>
           <x:t>.16</x:t>
         </x:is>
       </x:c>
-      <x:c r="E16" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F16" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G16" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H16" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H16" t="inlineStr">
+      <x:c r="I16" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I16" t="inlineStr">
+      <x:c r="J16" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B17" t="inlineStr">
+        <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="B17" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C17" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
           <x:t>55.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="D17" t="inlineStr">
+      <x:c r="E17" t="inlineStr">
         <x:is>
           <x:t>.14</x:t>
         </x:is>
       </x:c>
-      <x:c r="E17" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F17" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G17" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H17" t="inlineStr">
+        <x:is>
           <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H17" t="inlineStr">
+      <x:c r="I17" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I17" t="inlineStr">
+      <x:c r="J17" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B18" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="B18" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C18" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
           <x:t>66.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="D18" t="inlineStr">
+      <x:c r="E18" t="inlineStr">
         <x:is>
           <x:t>7.23</x:t>
         </x:is>
       </x:c>
-      <x:c r="E18" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F18" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G18" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H18" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H18" t="inlineStr">
+      <x:c r="I18" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I18" t="inlineStr">
+      <x:c r="J18" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B19" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B19" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C19" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
           <x:t>66.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="D19" t="inlineStr">
+      <x:c r="E19" t="inlineStr">
         <x:is>
           <x:t>7.21</x:t>
         </x:is>
       </x:c>
-      <x:c r="E19" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F19" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G19" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H19" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H19" t="inlineStr">
+      <x:c r="I19" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I19" t="inlineStr">
+      <x:c r="J19" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B20" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="B20" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C20" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
           <x:t>66.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="D20" t="inlineStr">
+      <x:c r="E20" t="inlineStr">
         <x:is>
           <x:t>7.18</x:t>
         </x:is>
       </x:c>
-      <x:c r="E20" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F20" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G20" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H20" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H20" t="inlineStr">
+      <x:c r="I20" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I20" t="inlineStr">
+      <x:c r="J20" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B21" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B21" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C21" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
           <x:t>66.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="D21" t="inlineStr">
+      <x:c r="E21" t="inlineStr">
         <x:is>
           <x:t>7.15</x:t>
         </x:is>
       </x:c>
-      <x:c r="E21" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F21" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G21" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H21" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H21" t="inlineStr">
+      <x:c r="I21" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I21" t="inlineStr">
+      <x:c r="J21" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="B22" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C22" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
           <x:t>66.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D22" t="inlineStr">
+      <x:c r="E22" t="inlineStr">
         <x:is>
           <x:t>7.11</x:t>
         </x:is>
       </x:c>
-      <x:c r="E22" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F22" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G22" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H22" t="inlineStr">
+      <x:c r="I22" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I22" t="inlineStr">
+      <x:c r="J22" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="B23" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C23" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
           <x:t>66.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="D23" t="inlineStr">
+      <x:c r="E23" t="inlineStr">
         <x:is>
           <x:t>7.02</x:t>
         </x:is>
       </x:c>
-      <x:c r="E23" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F23" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G23" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H23" t="inlineStr">
+      <x:c r="I23" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I23" t="inlineStr">
+      <x:c r="J23" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="B24" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C24" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
           <x:t>66.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="D24" t="inlineStr">
+      <x:c r="E24" t="inlineStr">
         <x:is>
           <x:t>6.95</x:t>
         </x:is>
       </x:c>
-      <x:c r="E24" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F24" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G24" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H24" t="inlineStr">
+      <x:c r="I24" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I24" t="inlineStr">
+      <x:c r="J24" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B25" t="inlineStr">
+        <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="B25" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C25" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
           <x:t>56.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D25" t="inlineStr">
+      <x:c r="E25" t="inlineStr">
         <x:is>
           <x:t>.23</x:t>
         </x:is>
       </x:c>
-      <x:c r="E25" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F25" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G25" t="inlineStr">
         <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
           <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
-      <x:c r="H25" t="inlineStr">
+      <x:c r="I25" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="I25" t="inlineStr">
+      <x:c r="J25" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="B26" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C26" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
           <x:t>74.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="D26" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E26" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F26" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G26" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H26" t="inlineStr">
+      <x:c r="I26" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I26" t="inlineStr">
+      <x:c r="J26" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B27" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C27" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
           <x:t>74.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="D27" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E27" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F27" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G27" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H27" t="inlineStr">
+      <x:c r="I27" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I27" t="inlineStr">
+      <x:c r="J27" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="B28" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C28" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
           <x:t>74.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="D28" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E28" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F28" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G28" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H28" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H28" t="inlineStr">
+      <x:c r="I28" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I28" t="inlineStr">
+      <x:c r="J28" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B29" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B29" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C29" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
           <x:t>73.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="D29" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E29" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F29" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G29" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H29" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H29" t="inlineStr">
+      <x:c r="I29" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I29" t="inlineStr">
+      <x:c r="J29" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B30" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="B30" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C30" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
           <x:t>71.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="D30" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E30" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F30" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G30" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H30" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H30" t="inlineStr">
+      <x:c r="I30" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I30" t="inlineStr">
+      <x:c r="J30" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B31" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="B31" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C31" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
           <x:t>63.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="D31" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E31" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F31" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G31" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H31" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H31" t="inlineStr">
+      <x:c r="I31" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I31" t="inlineStr">
+      <x:c r="J31" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="inlineStr">
         <x:is>
+          <x:t>2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B32" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="B32" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="C32" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D32" t="inlineStr">
+        <x:is>
           <x:t>57.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D32" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="E32" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="F32" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="G32" t="inlineStr">
         <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H32" t="inlineStr">
+        <x:is>
           <x:t>08/06/2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="H32" t="inlineStr">
+      <x:c r="I32" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="I32" t="inlineStr">
+      <x:c r="J32" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>2020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>