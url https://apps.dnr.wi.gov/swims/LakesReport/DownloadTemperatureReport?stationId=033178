--- v2 (2026-01-23)
+++ v3 (2026-03-20)
@@ -1,1694 +1,1694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047bbf5ed3bb4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d99d9c37404d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1214fe9fb9e94508"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb84f82fb78874084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1214fe9fb9e94508" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb84f82fb78874084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
           <x:t>Startyear</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="E1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Amt</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="F1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Unit</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="G1" t="inlineStr">
         <x:is>
           <x:t>Temperature</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Dissox</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>Startday</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D2" t="inlineStr">
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
         <x:is>
           <x:t>79.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E2" t="inlineStr">
+      <x:c r="H2" t="inlineStr">
         <x:is>
           <x:t>7.91</x:t>
         </x:is>
       </x:c>
-      <x:c r="F2" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D3" t="inlineStr">
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
         <x:is>
           <x:t>79.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="E3" t="inlineStr">
+      <x:c r="H3" t="inlineStr">
         <x:is>
           <x:t>7.93</x:t>
         </x:is>
       </x:c>
-      <x:c r="F3" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B4" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D4" t="inlineStr">
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
         <x:is>
           <x:t>79.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="E4" t="inlineStr">
+      <x:c r="H4" t="inlineStr">
         <x:is>
           <x:t>7.95</x:t>
         </x:is>
       </x:c>
-      <x:c r="F4" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B5" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D5" t="inlineStr">
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
         <x:is>
           <x:t>75.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="E5" t="inlineStr">
+      <x:c r="H5" t="inlineStr">
         <x:is>
           <x:t>7.53</x:t>
         </x:is>
       </x:c>
-      <x:c r="F5" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B6" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D6" t="inlineStr">
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
         <x:is>
           <x:t>65.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E6" t="inlineStr">
+      <x:c r="H6" t="inlineStr">
         <x:is>
           <x:t>.65</x:t>
         </x:is>
       </x:c>
-      <x:c r="F6" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B7" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D7" t="inlineStr">
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
         <x:is>
           <x:t>57.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="E7" t="inlineStr">
+      <x:c r="H7" t="inlineStr">
         <x:is>
           <x:t>.16</x:t>
         </x:is>
       </x:c>
-      <x:c r="F7" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B8" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D8" t="inlineStr">
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="E8" t="inlineStr">
+      <x:c r="H8" t="inlineStr">
         <x:is>
           <x:t>.08</x:t>
         </x:is>
       </x:c>
-      <x:c r="F8" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>07/15/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B9" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D9" t="inlineStr">
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
         <x:is>
           <x:t>51.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E9" t="inlineStr">
+      <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t>.04</x:t>
         </x:is>
       </x:c>
-      <x:c r="F9" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D10" t="inlineStr">
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
         <x:is>
           <x:t>74.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="E10" t="inlineStr">
+      <x:c r="H10" t="inlineStr">
         <x:is>
           <x:t>6.51</x:t>
         </x:is>
       </x:c>
-      <x:c r="F10" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D11" t="inlineStr">
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
         <x:is>
           <x:t>74.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E11" t="inlineStr">
+      <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t>6.53</x:t>
         </x:is>
       </x:c>
-      <x:c r="F11" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="C12" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D12" t="inlineStr">
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
         <x:is>
           <x:t>74.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="E12" t="inlineStr">
+      <x:c r="H12" t="inlineStr">
         <x:is>
           <x:t>6.63</x:t>
         </x:is>
       </x:c>
-      <x:c r="F12" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I12" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J12" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="C13" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D13" t="inlineStr">
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
         <x:is>
           <x:t>74.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="E13" t="inlineStr">
+      <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t>6.67</x:t>
         </x:is>
       </x:c>
-      <x:c r="F13" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I13" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B14" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="C14" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D14" t="inlineStr">
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
         <x:is>
           <x:t>71.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="E14" t="inlineStr">
+      <x:c r="H14" t="inlineStr">
         <x:is>
           <x:t>.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="F14" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I14" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J14" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B15" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E15" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="C15" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D15" t="inlineStr">
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
         <x:is>
           <x:t>65.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="E15" t="inlineStr">
+      <x:c r="H15" t="inlineStr">
         <x:is>
           <x:t>.23</x:t>
         </x:is>
       </x:c>
-      <x:c r="F15" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I15" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J15" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="C16" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D16" t="inlineStr">
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
         <x:is>
           <x:t>60.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="E16" t="inlineStr">
+      <x:c r="H16" t="inlineStr">
         <x:is>
           <x:t>.16</x:t>
         </x:is>
       </x:c>
-      <x:c r="F16" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I16" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J16" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>08/19/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B17" t="inlineStr">
         <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="C17" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D17" t="inlineStr">
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
         <x:is>
           <x:t>55.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="E17" t="inlineStr">
+      <x:c r="H17" t="inlineStr">
         <x:is>
           <x:t>.14</x:t>
         </x:is>
       </x:c>
-      <x:c r="F17" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I17" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J17" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B18" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="C18" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D18" t="inlineStr">
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
         <x:is>
           <x:t>66.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="E18" t="inlineStr">
+      <x:c r="H18" t="inlineStr">
         <x:is>
           <x:t>7.23</x:t>
         </x:is>
       </x:c>
-      <x:c r="F18" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I18" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J18" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B19" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C19" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D19" t="inlineStr">
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
         <x:is>
           <x:t>66.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="E19" t="inlineStr">
+      <x:c r="H19" t="inlineStr">
         <x:is>
           <x:t>7.21</x:t>
         </x:is>
       </x:c>
-      <x:c r="F19" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I19" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J19" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B20" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C20" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E20" t="inlineStr">
+        <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="C20" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D20" t="inlineStr">
+      <x:c r="F20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G20" t="inlineStr">
         <x:is>
           <x:t>66.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="E20" t="inlineStr">
+      <x:c r="H20" t="inlineStr">
         <x:is>
           <x:t>7.18</x:t>
         </x:is>
       </x:c>
-      <x:c r="F20" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I20" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J20" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B21" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="C21" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D21" t="inlineStr">
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
         <x:is>
           <x:t>66.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="E21" t="inlineStr">
+      <x:c r="H21" t="inlineStr">
         <x:is>
           <x:t>7.15</x:t>
         </x:is>
       </x:c>
-      <x:c r="F21" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I21" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J21" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B22" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="C22" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D22" t="inlineStr">
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
         <x:is>
           <x:t>66.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E22" t="inlineStr">
+      <x:c r="H22" t="inlineStr">
         <x:is>
           <x:t>7.11</x:t>
         </x:is>
       </x:c>
-      <x:c r="F22" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I22" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J22" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B23" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="C23" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D23" t="inlineStr">
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
         <x:is>
           <x:t>66.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="E23" t="inlineStr">
+      <x:c r="H23" t="inlineStr">
         <x:is>
           <x:t>7.02</x:t>
         </x:is>
       </x:c>
-      <x:c r="F23" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I23" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J23" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B24" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="C24" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D24" t="inlineStr">
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
         <x:is>
           <x:t>66.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="E24" t="inlineStr">
+      <x:c r="H24" t="inlineStr">
         <x:is>
           <x:t>6.95</x:t>
         </x:is>
       </x:c>
-      <x:c r="F24" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I24" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J24" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
-          <x:t>2019</x:t>
+          <x:t>09/06/2019</x:t>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>2019</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="C25" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D25" t="inlineStr">
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
         <x:is>
           <x:t>56.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E25" t="inlineStr">
+      <x:c r="H25" t="inlineStr">
         <x:is>
           <x:t>.23</x:t>
         </x:is>
       </x:c>
-      <x:c r="F25" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I25" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J25" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B26" t="inlineStr">
+      <x:c r="E26" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="C26" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D26" t="inlineStr">
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
         <x:is>
           <x:t>74.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="E26" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H26" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I26" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J26" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B27" t="inlineStr">
+      <x:c r="E27" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C27" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D27" t="inlineStr">
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
         <x:is>
           <x:t>74.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="E27" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H27" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I27" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J27" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B28" t="inlineStr">
+      <x:c r="E28" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="C28" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D28" t="inlineStr">
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
         <x:is>
           <x:t>74.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="E28" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H28" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I28" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J28" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B29" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B29" t="inlineStr">
+      <x:c r="E29" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="C29" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D29" t="inlineStr">
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
         <x:is>
           <x:t>73.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="E29" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H29" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I29" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J29" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B30" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B30" t="inlineStr">
+      <x:c r="E30" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="C30" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D30" t="inlineStr">
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
         <x:is>
           <x:t>71.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="E30" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H30" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I30" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J30" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B31" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C31" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B31" t="inlineStr">
+      <x:c r="E31" t="inlineStr">
         <x:is>
           <x:t>5</x:t>
         </x:is>
       </x:c>
-      <x:c r="C31" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D31" t="inlineStr">
+      <x:c r="F31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G31" t="inlineStr">
         <x:is>
           <x:t>63.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="E31" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H31" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I31" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J31" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="inlineStr">
         <x:is>
+          <x:t>08/06/2020</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B32" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C32" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D32" t="inlineStr">
+        <x:is>
           <x:t>2020</x:t>
         </x:is>
       </x:c>
-      <x:c r="B32" t="inlineStr">
+      <x:c r="E32" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="C32" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="D32" t="inlineStr">
+      <x:c r="F32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G32" t="inlineStr">
         <x:is>
           <x:t>57.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="E32" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H32" t="inlineStr">
         <x:is>
-          <x:t>08/06/2020</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I32" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J32" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>