--- v0 (2025-10-07)
+++ v1 (2025-12-02)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0198394161f347bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffbe4aaeb41a4385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ree27e39c0c0c4ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9ae9db3946e04660"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree27e39c0c0c4ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ae9db3946e04660" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -4475,28 +4475,1640 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G86" t="inlineStr">
         <x:is>
           <x:t>18.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H86" t="inlineStr">
         <x:is>
           <x:t>2.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I86" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J86" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="87">
+      <x:c r="A87" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B87" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C87" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D87" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E87" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F87" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G87" t="inlineStr">
+        <x:is>
+          <x:t>51.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H87" t="inlineStr">
+        <x:is>
+          <x:t>10.86</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I87" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J87" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="88">
+      <x:c r="A88" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B88" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C88" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D88" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E88" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F88" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G88" t="inlineStr">
+        <x:is>
+          <x:t>51.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H88" t="inlineStr">
+        <x:is>
+          <x:t>10.87</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I88" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J88" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="89">
+      <x:c r="A89" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B89" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C89" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D89" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E89" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F89" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G89" t="inlineStr">
+        <x:is>
+          <x:t>51.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H89" t="inlineStr">
+        <x:is>
+          <x:t>10.87</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I89" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J89" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="90">
+      <x:c r="A90" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B90" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C90" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D90" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E90" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F90" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G90" t="inlineStr">
+        <x:is>
+          <x:t>51.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H90" t="inlineStr">
+        <x:is>
+          <x:t>10.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I90" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J90" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="91">
+      <x:c r="A91" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B91" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C91" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D91" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E91" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G91" t="inlineStr">
+        <x:is>
+          <x:t>51.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H91" t="inlineStr">
+        <x:is>
+          <x:t>10.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I91" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J91" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="92">
+      <x:c r="A92" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B92" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C92" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D92" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E92" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G92" t="inlineStr">
+        <x:is>
+          <x:t>51.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H92" t="inlineStr">
+        <x:is>
+          <x:t>8.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I92" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J92" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="93">
+      <x:c r="A93" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B93" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C93" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D93" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E93" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G93" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H93" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I93" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J93" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c r="A94" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B94" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C94" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D94" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E94" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G94" t="inlineStr">
+        <x:is>
+          <x:t>50.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H94" t="inlineStr">
+        <x:is>
+          <x:t>5.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I94" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J94" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B95" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C95" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D95" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E95" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G95" t="inlineStr">
+        <x:is>
+          <x:t>68.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H95" t="inlineStr">
+        <x:is>
+          <x:t>11.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I95" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J95" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="96">
+      <x:c r="A96" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B96" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C96" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D96" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E96" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F96" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G96" t="inlineStr">
+        <x:is>
+          <x:t>66.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H96" t="inlineStr">
+        <x:is>
+          <x:t>12.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I96" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J96" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="97">
+      <x:c r="A97" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B97" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C97" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D97" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E97" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F97" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G97" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H97" t="inlineStr">
+        <x:is>
+          <x:t>11.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I97" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J97" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B98" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C98" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D98" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E98" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G98" t="inlineStr">
+        <x:is>
+          <x:t>61.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H98" t="inlineStr">
+        <x:is>
+          <x:t>10.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I98" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J98" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B99" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C99" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D99" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E99" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G99" t="inlineStr">
+        <x:is>
+          <x:t>59.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H99" t="inlineStr">
+        <x:is>
+          <x:t>6.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I99" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J99" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B100" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C100" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D100" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E100" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G100" t="inlineStr">
+        <x:is>
+          <x:t>56.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H100" t="inlineStr">
+        <x:is>
+          <x:t>1.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I100" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J100" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B101" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C101" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D101" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E101" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G101" t="inlineStr">
+        <x:is>
+          <x:t>55.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H101" t="inlineStr">
+        <x:is>
+          <x:t>.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I101" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J101" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B102" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C102" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D102" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E102" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G102" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H102" t="inlineStr">
+        <x:is>
+          <x:t>8.71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I102" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J102" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c r="A103" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B103" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C103" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D103" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E103" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G103" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H103" t="inlineStr">
+        <x:is>
+          <x:t>9.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I103" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J103" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B104" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C104" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D104" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E104" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G104" t="inlineStr">
+        <x:is>
+          <x:t>77.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H104" t="inlineStr">
+        <x:is>
+          <x:t>6.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I104" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J104" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c r="A105" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B105" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C105" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D105" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E105" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F105" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G105" t="inlineStr">
+        <x:is>
+          <x:t>76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H105" t="inlineStr">
+        <x:is>
+          <x:t>3.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I105" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J105" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B106" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C106" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D106" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E106" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F106" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G106" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H106" t="inlineStr">
+        <x:is>
+          <x:t>6.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I106" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J106" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B107" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C107" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D107" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E107" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G107" t="inlineStr">
+        <x:is>
+          <x:t>63.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H107" t="inlineStr">
+        <x:is>
+          <x:t>2.67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I107" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J107" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="108">
+      <x:c r="A108" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B108" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C108" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D108" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E108" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G108" t="inlineStr">
+        <x:is>
+          <x:t>57.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H108" t="inlineStr">
+        <x:is>
+          <x:t>.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I108" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J108" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c r="A109" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B109" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C109" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D109" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E109" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G109" t="inlineStr">
+        <x:is>
+          <x:t>53.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H109" t="inlineStr">
+        <x:is>
+          <x:t>.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I109" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J109" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="110">
+      <x:c r="A110" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B110" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C110" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D110" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E110" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G110" t="inlineStr">
+        <x:is>
+          <x:t>51.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H110" t="inlineStr">
+        <x:is>
+          <x:t>.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I110" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J110" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="111">
+      <x:c r="A111" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B111" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C111" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D111" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E111" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G111" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H111" t="inlineStr">
+        <x:is>
+          <x:t>.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I111" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J111" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c r="A112" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B112" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C112" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D112" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E112" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G112" t="inlineStr">
+        <x:is>
+          <x:t>73.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H112" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I112" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J112" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B113" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C113" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D113" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E113" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G113" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H113" t="inlineStr">
+        <x:is>
+          <x:t>7.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I113" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J113" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c r="A114" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B114" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C114" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D114" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E114" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G114" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H114" t="inlineStr">
+        <x:is>
+          <x:t>7.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I114" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J114" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c r="A115" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B115" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C115" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D115" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E115" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G115" t="inlineStr">
+        <x:is>
+          <x:t>68.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H115" t="inlineStr">
+        <x:is>
+          <x:t>6.88</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I115" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J115" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c r="A116" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B116" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C116" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D116" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E116" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G116" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H116" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I116" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J116" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B117" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C117" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D117" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E117" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G117" t="inlineStr">
+        <x:is>
+          <x:t>66.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H117" t="inlineStr">
+        <x:is>
+          <x:t>.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I117" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J117" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>