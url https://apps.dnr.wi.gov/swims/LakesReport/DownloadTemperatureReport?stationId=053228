--- v1 (2025-12-02)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffbe4aaeb41a4385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2783dc76c3c4c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9ae9db3946e04660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R464282216e2e4f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ae9db3946e04660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R464282216e2e4f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>