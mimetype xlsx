--- v2 (2026-01-23)
+++ v3 (2026-03-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2783dc76c3c4c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d74b63c67074e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R464282216e2e4f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1f24a430e9ba45b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R464282216e2e4f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1f24a430e9ba45b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>