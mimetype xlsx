--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32caaf13a0fd409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fc06f607204231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2fb16b18cd654477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re59b5eced32942f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2fb16b18cd654477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re59b5eced32942f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -36247,28 +36247,1120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G697" t="inlineStr">
         <x:is>
           <x:t>10.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H697" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I697" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J697" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="698">
+      <x:c r="A698" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B698" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C698" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D698" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E698" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F698" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G698" t="inlineStr">
+        <x:is>
+          <x:t>21.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H698" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I698" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J698" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="699">
+      <x:c r="A699" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B699" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C699" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D699" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E699" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F699" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G699" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H699" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I699" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J699" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="700">
+      <x:c r="A700" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B700" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C700" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D700" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E700" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F700" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G700" t="inlineStr">
+        <x:is>
+          <x:t>21.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H700" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I700" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J700" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="701">
+      <x:c r="A701" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B701" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C701" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D701" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E701" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F701" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G701" t="inlineStr">
+        <x:is>
+          <x:t>21.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H701" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I701" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J701" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="702">
+      <x:c r="A702" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B702" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C702" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D702" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E702" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F702" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G702" t="inlineStr">
+        <x:is>
+          <x:t>20.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H702" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I702" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J702" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="703">
+      <x:c r="A703" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B703" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C703" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D703" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E703" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F703" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G703" t="inlineStr">
+        <x:is>
+          <x:t>16.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H703" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I703" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J703" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="704">
+      <x:c r="A704" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B704" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C704" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D704" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E704" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F704" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G704" t="inlineStr">
+        <x:is>
+          <x:t>16.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H704" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I704" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J704" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="705">
+      <x:c r="A705" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B705" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C705" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D705" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E705" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F705" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G705" t="inlineStr">
+        <x:is>
+          <x:t>24.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H705" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I705" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J705" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="706">
+      <x:c r="A706" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B706" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C706" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D706" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E706" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F706" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G706" t="inlineStr">
+        <x:is>
+          <x:t>24.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H706" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I706" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J706" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="707">
+      <x:c r="A707" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B707" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C707" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D707" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E707" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F707" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G707" t="inlineStr">
+        <x:is>
+          <x:t>24.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H707" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I707" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J707" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="708">
+      <x:c r="A708" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B708" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C708" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D708" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E708" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F708" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G708" t="inlineStr">
+        <x:is>
+          <x:t>23.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H708" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I708" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J708" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="709">
+      <x:c r="A709" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B709" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C709" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D709" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E709" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F709" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G709" t="inlineStr">
+        <x:is>
+          <x:t>21.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H709" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I709" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J709" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="710">
+      <x:c r="A710" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B710" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C710" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D710" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E710" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F710" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G710" t="inlineStr">
+        <x:is>
+          <x:t>19.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H710" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I710" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J710" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="711">
+      <x:c r="A711" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B711" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C711" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D711" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E711" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G711" t="inlineStr">
+        <x:is>
+          <x:t>18.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I711" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="712">
+      <x:c r="A712" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B712" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C712" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D712" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E712" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G712" t="inlineStr">
+        <x:is>
+          <x:t>24.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I712" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="713">
+      <x:c r="A713" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B713" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C713" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D713" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E713" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G713" t="inlineStr">
+        <x:is>
+          <x:t>22.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I713" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="714">
+      <x:c r="A714" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B714" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C714" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D714" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E714" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G714" t="inlineStr">
+        <x:is>
+          <x:t>21.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I714" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="715">
+      <x:c r="A715" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B715" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C715" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D715" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E715" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G715" t="inlineStr">
+        <x:is>
+          <x:t>21.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I715" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="716">
+      <x:c r="A716" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B716" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C716" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D716" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E716" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G716" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I716" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="717">
+      <x:c r="A717" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B717" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C717" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D717" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E717" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G717" t="inlineStr">
+        <x:is>
+          <x:t>20.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I717" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="718">
+      <x:c r="A718" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B718" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C718" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D718" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E718" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G718" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I718" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>