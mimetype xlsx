--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d23ae58f684478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb25ef533ee4cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb159ea92c40241db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2dadc94b54594f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb159ea92c40241db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2dadc94b54594f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -36923,28 +36923,3460 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G710" t="inlineStr">
         <x:is>
           <x:t>53.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H710" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I710" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J710" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="711">
+      <x:c r="A711" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B711" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C711" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D711" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E711" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G711" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I711" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="712">
+      <x:c r="A712" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B712" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C712" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D712" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E712" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G712" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I712" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="713">
+      <x:c r="A713" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B713" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C713" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D713" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E713" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G713" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I713" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="714">
+      <x:c r="A714" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B714" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C714" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D714" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E714" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G714" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I714" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="715">
+      <x:c r="A715" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B715" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C715" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D715" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E715" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G715" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I715" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="716">
+      <x:c r="A716" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B716" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C716" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D716" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E716" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G716" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I716" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="717">
+      <x:c r="A717" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B717" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C717" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D717" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E717" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G717" t="inlineStr">
+        <x:is>
+          <x:t>61.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I717" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="718">
+      <x:c r="A718" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B718" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C718" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D718" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E718" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G718" t="inlineStr">
+        <x:is>
+          <x:t>58.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I718" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="719">
+      <x:c r="A719" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B719" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C719" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D719" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E719" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G719" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I719" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="720">
+      <x:c r="A720" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B720" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C720" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D720" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E720" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F720" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G720" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H720" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I720" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J720" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="721">
+      <x:c r="A721" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B721" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C721" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D721" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E721" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F721" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G721" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H721" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I721" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J721" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="722">
+      <x:c r="A722" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B722" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C722" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D722" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E722" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F722" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G722" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H722" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I722" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J722" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="723">
+      <x:c r="A723" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B723" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C723" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D723" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E723" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F723" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G723" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H723" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I723" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J723" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="724">
+      <x:c r="A724" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B724" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C724" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D724" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E724" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F724" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G724" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H724" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I724" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J724" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="725">
+      <x:c r="A725" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B725" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C725" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D725" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E725" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F725" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G725" t="inlineStr">
+        <x:is>
+          <x:t>69.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H725" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I725" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J725" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="726">
+      <x:c r="A726" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B726" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C726" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D726" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E726" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F726" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G726" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H726" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I726" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J726" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="727">
+      <x:c r="A727" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B727" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C727" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D727" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E727" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F727" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G727" t="inlineStr">
+        <x:is>
+          <x:t>61.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H727" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I727" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J727" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="728">
+      <x:c r="A728" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B728" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C728" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D728" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E728" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F728" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G728" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H728" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I728" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J728" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="729">
+      <x:c r="A729" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B729" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C729" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D729" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E729" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F729" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G729" t="inlineStr">
+        <x:is>
+          <x:t>80.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H729" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I729" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J729" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="730">
+      <x:c r="A730" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B730" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C730" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D730" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E730" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F730" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G730" t="inlineStr">
+        <x:is>
+          <x:t>80.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H730" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I730" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J730" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="731">
+      <x:c r="A731" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B731" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C731" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D731" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E731" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F731" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G731" t="inlineStr">
+        <x:is>
+          <x:t>79.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H731" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I731" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J731" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="732">
+      <x:c r="A732" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B732" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C732" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D732" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E732" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F732" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G732" t="inlineStr">
+        <x:is>
+          <x:t>78.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H732" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I732" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J732" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="733">
+      <x:c r="A733" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B733" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C733" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D733" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E733" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F733" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G733" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H733" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I733" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J733" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="734">
+      <x:c r="A734" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B734" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C734" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D734" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E734" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F734" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G734" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H734" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I734" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J734" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="735">
+      <x:c r="A735" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B735" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C735" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D735" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E735" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F735" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G735" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H735" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I735" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J735" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="736">
+      <x:c r="A736" t="inlineStr">
+        <x:is>
+          <x:t>07/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B736" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C736" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D736" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E736" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F736" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G736" t="inlineStr">
+        <x:is>
+          <x:t>56.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H736" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I736" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J736" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="737">
+      <x:c r="A737" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B737" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C737" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D737" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E737" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F737" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G737" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H737" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I737" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J737" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="738">
+      <x:c r="A738" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B738" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C738" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D738" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E738" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F738" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G738" t="inlineStr">
+        <x:is>
+          <x:t>75.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H738" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I738" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J738" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="739">
+      <x:c r="A739" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B739" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C739" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D739" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E739" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F739" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G739" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H739" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I739" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J739" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="740">
+      <x:c r="A740" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B740" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C740" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D740" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E740" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F740" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G740" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H740" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I740" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J740" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="741">
+      <x:c r="A741" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B741" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C741" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D741" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E741" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F741" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G741" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H741" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I741" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J741" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="742">
+      <x:c r="A742" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B742" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C742" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D742" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E742" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F742" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G742" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H742" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I742" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J742" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="743">
+      <x:c r="A743" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B743" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C743" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D743" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E743" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F743" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G743" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H743" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I743" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J743" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="744">
+      <x:c r="A744" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B744" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C744" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D744" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E744" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F744" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G744" t="inlineStr">
+        <x:is>
+          <x:t>57.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H744" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I744" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J744" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="745">
+      <x:c r="A745" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B745" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C745" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D745" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E745" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F745" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G745" t="inlineStr">
+        <x:is>
+          <x:t>79.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H745" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I745" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J745" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="746">
+      <x:c r="A746" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B746" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C746" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D746" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E746" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F746" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G746" t="inlineStr">
+        <x:is>
+          <x:t>79.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H746" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I746" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J746" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="747">
+      <x:c r="A747" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B747" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C747" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D747" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E747" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F747" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G747" t="inlineStr">
+        <x:is>
+          <x:t>79.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H747" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I747" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J747" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="748">
+      <x:c r="A748" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B748" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C748" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D748" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E748" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F748" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G748" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H748" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I748" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J748" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="749">
+      <x:c r="A749" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B749" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C749" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D749" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E749" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F749" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G749" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H749" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I749" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J749" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="750">
+      <x:c r="A750" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B750" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C750" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D750" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E750" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F750" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G750" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H750" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I750" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J750" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="751">
+      <x:c r="A751" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B751" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C751" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D751" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E751" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F751" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G751" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H751" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I751" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J751" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="752">
+      <x:c r="A752" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B752" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C752" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D752" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E752" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F752" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G752" t="inlineStr">
+        <x:is>
+          <x:t>57.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H752" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I752" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J752" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="753">
+      <x:c r="A753" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B753" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C753" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D753" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E753" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F753" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G753" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H753" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I753" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J753" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="754">
+      <x:c r="A754" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B754" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C754" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D754" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E754" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F754" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G754" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H754" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I754" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J754" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="755">
+      <x:c r="A755" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B755" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C755" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D755" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E755" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F755" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G755" t="inlineStr">
+        <x:is>
+          <x:t>78.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H755" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I755" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J755" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="756">
+      <x:c r="A756" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B756" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C756" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D756" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E756" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F756" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G756" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H756" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I756" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J756" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="757">
+      <x:c r="A757" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B757" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C757" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D757" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E757" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F757" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G757" t="inlineStr">
+        <x:is>
+          <x:t>77.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H757" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I757" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J757" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="758">
+      <x:c r="A758" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B758" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C758" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D758" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E758" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F758" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G758" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H758" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I758" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J758" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="759">
+      <x:c r="A759" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B759" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C759" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D759" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E759" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F759" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G759" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H759" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I759" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J759" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="760">
+      <x:c r="A760" t="inlineStr">
+        <x:is>
+          <x:t>08/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B760" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C760" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D760" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E760" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F760" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G760" t="inlineStr">
+        <x:is>
+          <x:t>59.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H760" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I760" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J760" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="761">
+      <x:c r="A761" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B761" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C761" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D761" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E761" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F761" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G761" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H761" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I761" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J761" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="762">
+      <x:c r="A762" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B762" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C762" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D762" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E762" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F762" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G762" t="inlineStr">
+        <x:is>
+          <x:t>71.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H762" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I762" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J762" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="763">
+      <x:c r="A763" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B763" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C763" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D763" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E763" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F763" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G763" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H763" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I763" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J763" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="764">
+      <x:c r="A764" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B764" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C764" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D764" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E764" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F764" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G764" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H764" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I764" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J764" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="765">
+      <x:c r="A765" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B765" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C765" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D765" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E765" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F765" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G765" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H765" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I765" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J765" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="766">
+      <x:c r="A766" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B766" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C766" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D766" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E766" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F766" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G766" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H766" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I766" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J766" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="767">
+      <x:c r="A767" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B767" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C767" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D767" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E767" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F767" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G767" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H767" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I767" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J767" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="768">
+      <x:c r="A768" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B768" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C768" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D768" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E768" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F768" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G768" t="inlineStr">
+        <x:is>
+          <x:t>59.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H768" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I768" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J768" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="769">
+      <x:c r="A769" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B769" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C769" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D769" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E769" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F769" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G769" t="inlineStr">
+        <x:is>
+          <x:t>66.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H769" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I769" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J769" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="770">
+      <x:c r="A770" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B770" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C770" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D770" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E770" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F770" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G770" t="inlineStr">
+        <x:is>
+          <x:t>64.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H770" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I770" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J770" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="771">
+      <x:c r="A771" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B771" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C771" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D771" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E771" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F771" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G771" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H771" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I771" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J771" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="772">
+      <x:c r="A772" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B772" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C772" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D772" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E772" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F772" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G772" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H772" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I772" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J772" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="773">
+      <x:c r="A773" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B773" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C773" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D773" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E773" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F773" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G773" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H773" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I773" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J773" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="774">
+      <x:c r="A774" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B774" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C774" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D774" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E774" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F774" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G774" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H774" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I774" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J774" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="775">
+      <x:c r="A775" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B775" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C775" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D775" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E775" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F775" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G775" t="inlineStr">
+        <x:is>
+          <x:t>63.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H775" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I775" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J775" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="776">
+      <x:c r="A776" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B776" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C776" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D776" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E776" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F776" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G776" t="inlineStr">
+        <x:is>
+          <x:t>60.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H776" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I776" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J776" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>