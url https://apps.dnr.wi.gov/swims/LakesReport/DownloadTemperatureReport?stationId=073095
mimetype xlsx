--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb25ef533ee4cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4dda748b5e49d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2dadc94b54594f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd01675b198db47fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2dadc94b54594f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd01675b198db47fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>