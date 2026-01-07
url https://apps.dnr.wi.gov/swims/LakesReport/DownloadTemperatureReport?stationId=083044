--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20beeaa1a2d54ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7fe21f685745ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8cf6d0d0a31d4e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R674d425505fb44a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cf6d0d0a31d4e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R674d425505fb44a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>