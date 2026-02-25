--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7fe21f685745ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07d6623f8cc4662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R674d425505fb44a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4dc4f3b76f094d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R674d425505fb44a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4dc4f3b76f094d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -12327,28 +12327,80 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G237" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="H237" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="I237" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J237" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="inlineStr">
+        <x:is>
+          <x:t>02/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B238" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C238" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D238" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E238" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G238" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H238" t="inlineStr">
+        <x:is>
+          <x:t>.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I238" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J238" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>