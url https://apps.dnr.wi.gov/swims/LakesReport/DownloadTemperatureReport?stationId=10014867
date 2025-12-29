--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3ad198b197425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eacc289e3f74ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raf71fade44df4643"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9def504947654f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf71fade44df4643" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9def504947654f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -19191,28 +19191,1172 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G369" t="inlineStr">
         <x:is>
           <x:t>70.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H369" t="inlineStr">
         <x:is>
           <x:t>2.84</x:t>
         </x:is>
       </x:c>
       <x:c r="I369" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J369" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="370">
+      <x:c r="A370" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B370" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C370" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D370" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E370" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G370" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H370" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I370" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J370" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="371">
+      <x:c r="A371" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B371" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C371" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D371" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E371" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F371" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G371" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H371" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I371" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J371" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="372">
+      <x:c r="A372" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B372" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C372" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D372" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E372" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F372" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G372" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H372" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I372" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J372" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="373">
+      <x:c r="A373" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B373" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C373" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D373" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E373" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F373" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G373" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H373" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I373" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J373" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="374">
+      <x:c r="A374" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B374" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C374" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D374" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E374" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F374" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G374" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H374" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I374" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J374" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="375">
+      <x:c r="A375" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B375" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C375" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D375" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E375" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G375" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H375" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I375" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J375" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="376">
+      <x:c r="A376" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B376" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C376" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D376" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E376" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F376" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G376" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H376" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I376" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J376" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="377">
+      <x:c r="A377" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B377" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C377" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D377" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E377" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F377" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G377" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H377" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I377" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J377" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="378">
+      <x:c r="A378" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B378" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C378" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D378" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E378" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F378" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G378" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H378" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I378" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J378" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="379">
+      <x:c r="A379" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B379" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C379" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D379" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E379" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F379" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G379" t="inlineStr">
+        <x:is>
+          <x:t>69.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H379" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I379" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J379" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="380">
+      <x:c r="A380" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B380" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C380" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D380" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E380" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G380" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H380" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I380" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J380" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="381">
+      <x:c r="A381" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B381" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C381" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D381" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E381" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G381" t="inlineStr">
+        <x:is>
+          <x:t>68.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H381" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I381" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J381" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c r="A382" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B382" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C382" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D382" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E382" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G382" t="inlineStr">
+        <x:is>
+          <x:t>68.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H382" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I382" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J382" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c r="A383" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B383" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C383" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D383" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E383" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G383" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H383" t="inlineStr">
+        <x:is>
+          <x:t>5.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I383" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J383" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c r="A384" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B384" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C384" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D384" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E384" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G384" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H384" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I384" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J384" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c r="A385" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B385" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C385" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D385" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E385" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G385" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H385" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I385" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J385" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c r="A386" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B386" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C386" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D386" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E386" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G386" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H386" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I386" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J386" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c r="A387" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B387" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C387" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D387" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E387" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G387" t="inlineStr">
+        <x:is>
+          <x:t>65.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H387" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I387" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J387" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c r="A388" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B388" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C388" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D388" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E388" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G388" t="inlineStr">
+        <x:is>
+          <x:t>65.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H388" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I388" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J388" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="389">
+      <x:c r="A389" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B389" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C389" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D389" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E389" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G389" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H389" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I389" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J389" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="390">
+      <x:c r="A390" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B390" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C390" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D390" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E390" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G390" t="inlineStr">
+        <x:is>
+          <x:t>64.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H390" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I390" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J390" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="391">
+      <x:c r="A391" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B391" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C391" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D391" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E391" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F391" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G391" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H391" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I391" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J391" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>