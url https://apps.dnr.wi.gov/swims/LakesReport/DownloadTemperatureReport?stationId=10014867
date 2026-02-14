--- v1 (2025-12-29)
+++ v2 (2026-02-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eacc289e3f74ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a52eda2804944de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9def504947654f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R71595860deff4132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9def504947654f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71595860deff4132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>