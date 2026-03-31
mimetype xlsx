--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a52eda2804944de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a458a80cad4261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R71595860deff4132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8b691bf69db54592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71595860deff4132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b691bf69db54592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -20335,28 +20335,1068 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G391" t="inlineStr">
         <x:is>
           <x:t>64.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H391" t="inlineStr">
         <x:is>
           <x:t>.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I391" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J391" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="392">
+      <x:c r="A392" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B392" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C392" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D392" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E392" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F392" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G392" t="inlineStr">
+        <x:is>
+          <x:t>35.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H392" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I392" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J392" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="393">
+      <x:c r="A393" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B393" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C393" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D393" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E393" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F393" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G393" t="inlineStr">
+        <x:is>
+          <x:t>38.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H393" t="inlineStr">
+        <x:is>
+          <x:t>9.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I393" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J393" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="394">
+      <x:c r="A394" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B394" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C394" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D394" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E394" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F394" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G394" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H394" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I394" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J394" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="395">
+      <x:c r="A395" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B395" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C395" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D395" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E395" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F395" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G395" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H395" t="inlineStr">
+        <x:is>
+          <x:t>8.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I395" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J395" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="396">
+      <x:c r="A396" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B396" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C396" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D396" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E396" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F396" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G396" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H396" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I396" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J396" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="397">
+      <x:c r="A397" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B397" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C397" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D397" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E397" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F397" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G397" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H397" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I397" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J397" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="398">
+      <x:c r="A398" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B398" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C398" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D398" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E398" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F398" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G398" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H398" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I398" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J398" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="399">
+      <x:c r="A399" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B399" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C399" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D399" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E399" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G399" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H399" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I399" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J399" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="400">
+      <x:c r="A400" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B400" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C400" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D400" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E400" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G400" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H400" t="inlineStr">
+        <x:is>
+          <x:t>8.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I400" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J400" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="401">
+      <x:c r="A401" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B401" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C401" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D401" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E401" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G401" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H401" t="inlineStr">
+        <x:is>
+          <x:t>8.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I401" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J401" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="402">
+      <x:c r="A402" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B402" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C402" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D402" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E402" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G402" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H402" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I402" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J402" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="403">
+      <x:c r="A403" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B403" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C403" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D403" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E403" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G403" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H403" t="inlineStr">
+        <x:is>
+          <x:t>7.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I403" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J403" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="404">
+      <x:c r="A404" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B404" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C404" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D404" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E404" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F404" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G404" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H404" t="inlineStr">
+        <x:is>
+          <x:t>3.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I404" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J404" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="405">
+      <x:c r="A405" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B405" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C405" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D405" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E405" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F405" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G405" t="inlineStr">
+        <x:is>
+          <x:t>39.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H405" t="inlineStr">
+        <x:is>
+          <x:t>3.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I405" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J405" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="406">
+      <x:c r="A406" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B406" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C406" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D406" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E406" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F406" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G406" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H406" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I406" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J406" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="407">
+      <x:c r="A407" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B407" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C407" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D407" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E407" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F407" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G407" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H407" t="inlineStr">
+        <x:is>
+          <x:t>3.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I407" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J407" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="408">
+      <x:c r="A408" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B408" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C408" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D408" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E408" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F408" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G408" t="inlineStr">
+        <x:is>
+          <x:t>40.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H408" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I408" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J408" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="409">
+      <x:c r="A409" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B409" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C409" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D409" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E409" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F409" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G409" t="inlineStr">
+        <x:is>
+          <x:t>40.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H409" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I409" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J409" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="410">
+      <x:c r="A410" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B410" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C410" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D410" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E410" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F410" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G410" t="inlineStr">
+        <x:is>
+          <x:t>40.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H410" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I410" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J410" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="411">
+      <x:c r="A411" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B411" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C411" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D411" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E411" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F411" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G411" t="inlineStr">
+        <x:is>
+          <x:t>40.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H411" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I411" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J411" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>