--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabab554cb2014d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb160f110ea404aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R62eff736f3234d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9252ea5ac0da47d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R62eff736f3234d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9252ea5ac0da47d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -32763,28 +32763,1744 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G630" t="inlineStr">
         <x:is>
           <x:t>50.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H630" t="inlineStr">
         <x:is>
           <x:t>.12</x:t>
         </x:is>
       </x:c>
       <x:c r="I630" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J630" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="631">
+      <x:c r="A631" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B631" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C631" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D631" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E631" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G631" t="inlineStr">
+        <x:is>
+          <x:t>57.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H631" t="inlineStr">
+        <x:is>
+          <x:t>9.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I631" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J631" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="632">
+      <x:c r="A632" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B632" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C632" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D632" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E632" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G632" t="inlineStr">
+        <x:is>
+          <x:t>57.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H632" t="inlineStr">
+        <x:is>
+          <x:t>9.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I632" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J632" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="633">
+      <x:c r="A633" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B633" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C633" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D633" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E633" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G633" t="inlineStr">
+        <x:is>
+          <x:t>57.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H633" t="inlineStr">
+        <x:is>
+          <x:t>9.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I633" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J633" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="634">
+      <x:c r="A634" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B634" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C634" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D634" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E634" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G634" t="inlineStr">
+        <x:is>
+          <x:t>55.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H634" t="inlineStr">
+        <x:is>
+          <x:t>7.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I634" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J634" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="635">
+      <x:c r="A635" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B635" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C635" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D635" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E635" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G635" t="inlineStr">
+        <x:is>
+          <x:t>53.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H635" t="inlineStr">
+        <x:is>
+          <x:t>4.86</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I635" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J635" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="636">
+      <x:c r="A636" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B636" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C636" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D636" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E636" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G636" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H636" t="inlineStr">
+        <x:is>
+          <x:t>2.49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I636" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J636" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="637">
+      <x:c r="A637" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B637" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C637" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D637" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E637" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G637" t="inlineStr">
+        <x:is>
+          <x:t>45.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H637" t="inlineStr">
+        <x:is>
+          <x:t>.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I637" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J637" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="638">
+      <x:c r="A638" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B638" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C638" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D638" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E638" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G638" t="inlineStr">
+        <x:is>
+          <x:t>44.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H638" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I638" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J638" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="639">
+      <x:c r="A639" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B639" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C639" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D639" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E639" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G639" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H639" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I639" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J639" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="640">
+      <x:c r="A640" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B640" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C640" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D640" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E640" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G640" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H640" t="inlineStr">
+        <x:is>
+          <x:t>8.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I640" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J640" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="641">
+      <x:c r="A641" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B641" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C641" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D641" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E641" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G641" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H641" t="inlineStr">
+        <x:is>
+          <x:t>7.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I641" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J641" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="642">
+      <x:c r="A642" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B642" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C642" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D642" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E642" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G642" t="inlineStr">
+        <x:is>
+          <x:t>56.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H642" t="inlineStr">
+        <x:is>
+          <x:t>5.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I642" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J642" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="643">
+      <x:c r="A643" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B643" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C643" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D643" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E643" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G643" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H643" t="inlineStr">
+        <x:is>
+          <x:t>2.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I643" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J643" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="644">
+      <x:c r="A644" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B644" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C644" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D644" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E644" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G644" t="inlineStr">
+        <x:is>
+          <x:t>48.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H644" t="inlineStr">
+        <x:is>
+          <x:t>.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I644" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J644" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="645">
+      <x:c r="A645" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B645" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C645" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D645" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E645" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G645" t="inlineStr">
+        <x:is>
+          <x:t>46.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H645" t="inlineStr">
+        <x:is>
+          <x:t>.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I645" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J645" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="646">
+      <x:c r="A646" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B646" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C646" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D646" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E646" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G646" t="inlineStr">
+        <x:is>
+          <x:t>45.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H646" t="inlineStr">
+        <x:is>
+          <x:t>.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I646" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J646" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="647">
+      <x:c r="A647" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B647" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C647" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D647" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E647" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G647" t="inlineStr">
+        <x:is>
+          <x:t>79.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H647" t="inlineStr">
+        <x:is>
+          <x:t>8.69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I647" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J647" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="648">
+      <x:c r="A648" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B648" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C648" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D648" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E648" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G648" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H648" t="inlineStr">
+        <x:is>
+          <x:t>8.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I648" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J648" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="649">
+      <x:c r="A649" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B649" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C649" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D649" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E649" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G649" t="inlineStr">
+        <x:is>
+          <x:t>73.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H649" t="inlineStr">
+        <x:is>
+          <x:t>5.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I649" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J649" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="650">
+      <x:c r="A650" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B650" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C650" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D650" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E650" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G650" t="inlineStr">
+        <x:is>
+          <x:t>64.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H650" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I650" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J650" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="651">
+      <x:c r="A651" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B651" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C651" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D651" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E651" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G651" t="inlineStr">
+        <x:is>
+          <x:t>57.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H651" t="inlineStr">
+        <x:is>
+          <x:t>.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I651" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J651" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="652">
+      <x:c r="A652" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B652" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C652" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D652" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E652" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F652" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G652" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H652" t="inlineStr">
+        <x:is>
+          <x:t>.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I652" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J652" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="653">
+      <x:c r="A653" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B653" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C653" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D653" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E653" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F653" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G653" t="inlineStr">
+        <x:is>
+          <x:t>50.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H653" t="inlineStr">
+        <x:is>
+          <x:t>.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I653" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J653" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="654">
+      <x:c r="A654" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B654" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C654" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D654" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E654" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F654" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G654" t="inlineStr">
+        <x:is>
+          <x:t>43.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H654" t="inlineStr">
+        <x:is>
+          <x:t>.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I654" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J654" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="655">
+      <x:c r="A655" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B655" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C655" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D655" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E655" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F655" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G655" t="inlineStr">
+        <x:is>
+          <x:t>76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H655" t="inlineStr">
+        <x:is>
+          <x:t>7.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I655" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J655" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="656">
+      <x:c r="A656" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B656" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C656" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D656" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E656" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F656" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G656" t="inlineStr">
+        <x:is>
+          <x:t>76.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H656" t="inlineStr">
+        <x:is>
+          <x:t>7.62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I656" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J656" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="657">
+      <x:c r="A657" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B657" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C657" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D657" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E657" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F657" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G657" t="inlineStr">
+        <x:is>
+          <x:t>74.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H657" t="inlineStr">
+        <x:is>
+          <x:t>4.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I657" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J657" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="658">
+      <x:c r="A658" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B658" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C658" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D658" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E658" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F658" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G658" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H658" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I658" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J658" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="659">
+      <x:c r="A659" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B659" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C659" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D659" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E659" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F659" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G659" t="inlineStr">
+        <x:is>
+          <x:t>57.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H659" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I659" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J659" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="660">
+      <x:c r="A660" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B660" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C660" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D660" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E660" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F660" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G660" t="inlineStr">
+        <x:is>
+          <x:t>53.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H660" t="inlineStr">
+        <x:is>
+          <x:t>.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I660" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J660" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="661">
+      <x:c r="A661" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B661" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C661" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D661" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E661" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F661" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G661" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H661" t="inlineStr">
+        <x:is>
+          <x:t>.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I661" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J661" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="662">
+      <x:c r="A662" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B662" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C662" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D662" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E662" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F662" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G662" t="inlineStr">
+        <x:is>
+          <x:t>47.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H662" t="inlineStr">
+        <x:is>
+          <x:t>.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I662" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J662" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="663">
+      <x:c r="A663" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B663" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C663" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D663" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E663" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F663" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G663" t="inlineStr">
+        <x:is>
+          <x:t>47.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H663" t="inlineStr">
+        <x:is>
+          <x:t>.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I663" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J663" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>