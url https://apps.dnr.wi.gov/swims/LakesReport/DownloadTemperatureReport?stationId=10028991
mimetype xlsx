--- v1 (2025-12-25)
+++ v2 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb160f110ea404aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1ec2e3fd8e46df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9252ea5ac0da47d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rece31dff533f4b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9252ea5ac0da47d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rece31dff533f4b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>