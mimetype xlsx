--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1ec2e3fd8e46df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7727ea3f62e04c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rece31dff533f4b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2e1f33d59db447c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rece31dff533f4b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e1f33d59db447c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>