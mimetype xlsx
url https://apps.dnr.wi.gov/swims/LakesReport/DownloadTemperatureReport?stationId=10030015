--- v0 (2025-12-04)
+++ v1 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a1c273e49d4d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45cc4e303cb04e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfd1dcce2f98c40d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf711058cea0545ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd1dcce2f98c40d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf711058cea0545ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>