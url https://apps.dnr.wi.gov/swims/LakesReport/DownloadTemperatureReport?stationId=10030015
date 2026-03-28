--- v1 (2026-02-10)
+++ v2 (2026-03-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45cc4e303cb04e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb304c32f888943ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf711058cea0545ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R55a24c4e5d754abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf711058cea0545ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R55a24c4e5d754abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -1043,28 +1043,80 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G20" t="inlineStr">
         <x:is>
           <x:t>11.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H20" t="inlineStr">
         <x:is>
           <x:t>6.72</x:t>
         </x:is>
       </x:c>
       <x:c r="I20" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J20" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B21" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
+        <x:is>
+          <x:t>22.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H21" t="inlineStr">
+        <x:is>
+          <x:t>6.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I21" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J21" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>