--- v0 (2025-11-01)
+++ v1 (2026-02-16)
@@ -1,4346 +1,4346 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993ecd7509164ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32873702a3de4641" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R256ee3378dc841b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8139b50c5e764bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R256ee3378dc841b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8139b50c5e764bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>Dissox</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/27/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C2" t="inlineStr">
         <x:is>
-          <x:t>05/27/2010</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D2" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E2" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F2" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G2" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>71.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>71.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/27/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C3" t="inlineStr">
         <x:is>
-          <x:t>05/27/2010</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D3" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E3" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F3" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G3" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>71.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>71.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/27/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C4" t="inlineStr">
         <x:is>
-          <x:t>05/27/2010</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D4" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E4" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F4" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G4" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>68</x:t>
         </x:is>
       </x:c>
       <x:c r="H4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>68</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/10/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C5" t="inlineStr">
         <x:is>
-          <x:t>06/10/2010</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="D5" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E5" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F5" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G5" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>71</x:t>
         </x:is>
       </x:c>
       <x:c r="H5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>71</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/10/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C6" t="inlineStr">
         <x:is>
-          <x:t>06/10/2010</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="D6" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E6" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F6" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G6" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>67.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>67.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/24/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C7" t="inlineStr">
         <x:is>
-          <x:t>06/24/2010</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D7" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E7" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F7" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G7" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>76.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>76.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/24/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C8" t="inlineStr">
         <x:is>
-          <x:t>06/24/2010</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D8" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E8" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F8" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G8" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>74.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>74.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/07/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C9" t="inlineStr">
         <x:is>
-          <x:t>07/07/2010</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D9" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E9" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F9" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G9" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>79.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>79.5</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/07/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" t="inlineStr">
         <x:is>
-          <x:t>07/07/2010</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E10" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F10" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G10" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>78.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>78.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/07/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C11" t="inlineStr">
         <x:is>
-          <x:t>07/07/2010</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D11" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E11" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="F11" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G11" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>76.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>76.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/04/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C12" t="inlineStr">
         <x:is>
-          <x:t>08/04/2010</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D12" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E12" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F12" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G12" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I12" t="inlineStr">
         <x:is>
-          <x:t>78</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J12" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/04/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C13" t="inlineStr">
         <x:is>
-          <x:t>08/04/2010</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D13" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E13" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F13" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G13" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>77.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I13" t="inlineStr">
         <x:is>
-          <x:t>77.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/04/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B14" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C14" t="inlineStr">
         <x:is>
-          <x:t>08/04/2010</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D14" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E14" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F14" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G14" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>77.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H14" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I14" t="inlineStr">
         <x:is>
-          <x:t>77.9</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J14" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/18/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B15" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C15" t="inlineStr">
         <x:is>
-          <x:t>08/18/2010</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="D15" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E15" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F15" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G15" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>72.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I15" t="inlineStr">
         <x:is>
-          <x:t>72.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J15" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/18/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C16" t="inlineStr">
         <x:is>
-          <x:t>08/18/2010</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="D16" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E16" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F16" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G16" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>72.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H16" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I16" t="inlineStr">
         <x:is>
-          <x:t>72.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J16" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/18/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B17" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C17" t="inlineStr">
         <x:is>
-          <x:t>08/18/2010</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="D17" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E17" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F17" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G17" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>72.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H17" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I17" t="inlineStr">
         <x:is>
-          <x:t>72.3</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J17" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/02/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B18" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C18" t="inlineStr">
         <x:is>
-          <x:t>09/02/2010</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="D18" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E18" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F18" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G18" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>74.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H18" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I18" t="inlineStr">
         <x:is>
-          <x:t>74.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J18" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/02/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B19" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C19" t="inlineStr">
         <x:is>
-          <x:t>09/02/2010</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="D19" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E19" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F19" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G19" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>74.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H19" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I19" t="inlineStr">
         <x:is>
-          <x:t>74.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J19" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/02/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C20" t="inlineStr">
         <x:is>
-          <x:t>09/02/2010</x:t>
+          <x:t>02</x:t>
         </x:is>
       </x:c>
       <x:c r="D20" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E20" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="F20" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G20" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>74.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H20" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I20" t="inlineStr">
         <x:is>
-          <x:t>74.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J20" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/15/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B21" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C21" t="inlineStr">
         <x:is>
-          <x:t>09/15/2010</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="D21" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E21" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F21" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G21" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>64.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I21" t="inlineStr">
         <x:is>
-          <x:t>64.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J21" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/15/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B22" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C22" t="inlineStr">
         <x:is>
-          <x:t>09/15/2010</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="D22" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E22" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F22" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G22" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>63.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H22" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I22" t="inlineStr">
         <x:is>
-          <x:t>63.8</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J22" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/15/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B23" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C23" t="inlineStr">
         <x:is>
-          <x:t>09/15/2010</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="D23" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E23" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F23" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G23" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>63.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H23" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I23" t="inlineStr">
         <x:is>
-          <x:t>63.8</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J23" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/29/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C24" t="inlineStr">
         <x:is>
-          <x:t>09/29/2010</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D24" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E24" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F24" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G24" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>58.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H24" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I24" t="inlineStr">
         <x:is>
-          <x:t>58.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J24" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/29/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C25" t="inlineStr">
         <x:is>
-          <x:t>09/29/2010</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D25" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E25" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F25" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G25" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>58.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H25" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I25" t="inlineStr">
         <x:is>
-          <x:t>58.2</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J25" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/29/2010</x:t>
         </x:is>
       </x:c>
       <x:c r="B26" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C26" t="inlineStr">
         <x:is>
-          <x:t>09/29/2010</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D26" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2010</x:t>
         </x:is>
       </x:c>
       <x:c r="E26" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F26" t="inlineStr">
         <x:is>
-          <x:t>2010</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G26" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>58.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H26" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I26" t="inlineStr">
         <x:is>
-          <x:t>58.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J26" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>04/27/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B27" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="C27" t="inlineStr">
         <x:is>
-          <x:t>04/27/2011</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D27" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E27" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F27" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G27" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>48</x:t>
         </x:is>
       </x:c>
       <x:c r="H27" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I27" t="inlineStr">
         <x:is>
-          <x:t>48</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J27" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>04/27/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B28" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="C28" t="inlineStr">
         <x:is>
-          <x:t>04/27/2011</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D28" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E28" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F28" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G28" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>47.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H28" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I28" t="inlineStr">
         <x:is>
-          <x:t>47.8</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J28" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>04/27/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B29" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="C29" t="inlineStr">
         <x:is>
-          <x:t>04/27/2011</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D29" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E29" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F29" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G29" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>47.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H29" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I29" t="inlineStr">
         <x:is>
-          <x:t>47.3</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J29" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/11/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B30" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C30" t="inlineStr">
         <x:is>
-          <x:t>05/11/2011</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D30" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E30" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F30" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G30" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H30" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I30" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J30" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/11/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B31" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C31" t="inlineStr">
         <x:is>
-          <x:t>05/11/2011</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D31" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E31" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F31" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G31" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H31" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I31" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J31" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/11/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B32" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C32" t="inlineStr">
         <x:is>
-          <x:t>05/11/2011</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D32" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E32" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F32" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G32" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H32" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I32" t="inlineStr">
         <x:is>
-          <x:t>60</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J32" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/05/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B33" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C33" t="inlineStr">
         <x:is>
-          <x:t>06/05/2011</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D33" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E33" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F33" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G33" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>78.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H33" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I33" t="inlineStr">
         <x:is>
-          <x:t>78.2</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J33" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/05/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B34" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C34" t="inlineStr">
         <x:is>
-          <x:t>06/05/2011</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D34" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E34" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F34" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G34" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>71.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H34" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I34" t="inlineStr">
         <x:is>
-          <x:t>71.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J34" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/06/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B35" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C35" t="inlineStr">
         <x:is>
-          <x:t>06/06/2011</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D35" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E35" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F35" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G35" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>78.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H35" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I35" t="inlineStr">
         <x:is>
-          <x:t>78.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J35" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/06/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B36" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C36" t="inlineStr">
         <x:is>
-          <x:t>06/06/2011</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D36" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E36" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F36" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G36" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>77.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H36" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I36" t="inlineStr">
         <x:is>
-          <x:t>77.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J36" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/06/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B37" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C37" t="inlineStr">
         <x:is>
-          <x:t>06/06/2011</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D37" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E37" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F37" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G37" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>77</x:t>
         </x:is>
       </x:c>
       <x:c r="H37" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I37" t="inlineStr">
         <x:is>
-          <x:t>77</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J37" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/21/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B38" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C38" t="inlineStr">
         <x:is>
-          <x:t>06/21/2011</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D38" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E38" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F38" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G38" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>68.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H38" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I38" t="inlineStr">
         <x:is>
-          <x:t>68.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J38" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/21/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B39" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C39" t="inlineStr">
         <x:is>
-          <x:t>06/21/2011</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D39" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E39" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F39" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G39" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>68.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H39" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I39" t="inlineStr">
         <x:is>
-          <x:t>68.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J39" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/21/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B40" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C40" t="inlineStr">
         <x:is>
-          <x:t>06/21/2011</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D40" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E40" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F40" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G40" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>68.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H40" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I40" t="inlineStr">
         <x:is>
-          <x:t>68.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J40" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/20/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B41" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C41" t="inlineStr">
         <x:is>
-          <x:t>07/20/2011</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="D41" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E41" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F41" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G41" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>86</x:t>
         </x:is>
       </x:c>
       <x:c r="H41" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I41" t="inlineStr">
         <x:is>
-          <x:t>86</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J41" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/20/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B42" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C42" t="inlineStr">
         <x:is>
-          <x:t>07/20/2011</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="D42" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E42" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F42" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G42" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>82</x:t>
         </x:is>
       </x:c>
       <x:c r="H42" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I42" t="inlineStr">
         <x:is>
-          <x:t>82</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J42" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/20/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B43" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C43" t="inlineStr">
         <x:is>
-          <x:t>07/20/2011</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="D43" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E43" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F43" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G43" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>81.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H43" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I43" t="inlineStr">
         <x:is>
-          <x:t>81.8</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J43" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/03/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B44" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C44" t="inlineStr">
         <x:is>
-          <x:t>08/03/2011</x:t>
+          <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D44" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E44" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F44" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G44" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>80</x:t>
         </x:is>
       </x:c>
       <x:c r="H44" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I44" t="inlineStr">
         <x:is>
-          <x:t>80</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J44" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/03/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B45" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C45" t="inlineStr">
         <x:is>
-          <x:t>08/03/2011</x:t>
+          <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D45" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E45" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F45" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G45" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>80</x:t>
         </x:is>
       </x:c>
       <x:c r="H45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I45" t="inlineStr">
         <x:is>
-          <x:t>80</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/03/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B46" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C46" t="inlineStr">
         <x:is>
-          <x:t>08/03/2011</x:t>
+          <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D46" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E46" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F46" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G46" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>79.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H46" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I46" t="inlineStr">
         <x:is>
-          <x:t>79.8</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J46" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/22/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B47" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C47" t="inlineStr">
         <x:is>
-          <x:t>08/22/2011</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D47" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E47" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F47" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G47" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>75.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H47" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I47" t="inlineStr">
         <x:is>
-          <x:t>75.5</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J47" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/22/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B48" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C48" t="inlineStr">
         <x:is>
-          <x:t>08/22/2011</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D48" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E48" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F48" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G48" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>75.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H48" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I48" t="inlineStr">
         <x:is>
-          <x:t>75.2</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J48" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/30/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B49" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C49" t="inlineStr">
         <x:is>
-          <x:t>08/30/2011</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="D49" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E49" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F49" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G49" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>74.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H49" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I49" t="inlineStr">
         <x:is>
-          <x:t>74.3</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J49" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/30/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B50" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C50" t="inlineStr">
         <x:is>
-          <x:t>08/30/2011</x:t>
+          <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="D50" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E50" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F50" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G50" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>74.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H50" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I50" t="inlineStr">
         <x:is>
-          <x:t>74.3</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J50" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/11/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B51" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C51" t="inlineStr">
         <x:is>
-          <x:t>09/11/2011</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D51" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E51" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F51" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G51" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>73.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H51" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I51" t="inlineStr">
         <x:is>
-          <x:t>73.2</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J51" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/11/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B52" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C52" t="inlineStr">
         <x:is>
-          <x:t>09/11/2011</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D52" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E52" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F52" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G52" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>70.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H52" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I52" t="inlineStr">
         <x:is>
-          <x:t>70.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J52" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/11/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B53" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C53" t="inlineStr">
         <x:is>
-          <x:t>09/11/2011</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D53" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E53" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F53" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G53" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>70.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H53" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I53" t="inlineStr">
         <x:is>
-          <x:t>70.3</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J53" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/27/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B54" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C54" t="inlineStr">
         <x:is>
-          <x:t>09/27/2011</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D54" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E54" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F54" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G54" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>60.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H54" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I54" t="inlineStr">
         <x:is>
-          <x:t>60.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J54" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/27/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B55" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C55" t="inlineStr">
         <x:is>
-          <x:t>09/27/2011</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D55" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E55" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F55" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G55" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>58.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H55" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I55" t="inlineStr">
         <x:is>
-          <x:t>58.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J55" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>09/27/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B56" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C56" t="inlineStr">
         <x:is>
-          <x:t>09/27/2011</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="D56" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E56" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F56" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G56" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>58.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I56" t="inlineStr">
         <x:is>
-          <x:t>58.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J56" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>10/17/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B57" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C57" t="inlineStr">
         <x:is>
-          <x:t>10/17/2011</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D57" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E57" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F57" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G57" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>53.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H57" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I57" t="inlineStr">
         <x:is>
-          <x:t>53.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J57" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>10/17/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B58" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C58" t="inlineStr">
         <x:is>
-          <x:t>10/17/2011</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D58" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E58" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F58" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G58" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>53.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H58" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I58" t="inlineStr">
         <x:is>
-          <x:t>53.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J58" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>10/17/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B59" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C59" t="inlineStr">
         <x:is>
-          <x:t>10/17/2011</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D59" t="inlineStr">
         <x:is>
+          <x:t>2011</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E59" t="inlineStr">
+        <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="E59" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
       <x:c r="F59" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G59" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>53.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H59" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I59" t="inlineStr">
         <x:is>
-          <x:t>53.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J59" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>10/17/2011</x:t>
         </x:is>
       </x:c>
       <x:c r="B60" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C60" t="inlineStr">
         <x:is>
-          <x:t>10/17/2011</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D60" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>2011</x:t>
         </x:is>
       </x:c>
       <x:c r="E60" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F60" t="inlineStr">
         <x:is>
-          <x:t>2011</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G60" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>53.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H60" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I60" t="inlineStr">
         <x:is>
-          <x:t>53.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J60" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/22/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B61" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C61" t="inlineStr">
         <x:is>
-          <x:t>05/22/2012</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D61" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E61" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F61" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G61" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>69.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H61" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I61" t="inlineStr">
         <x:is>
-          <x:t>69.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J61" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>05/22/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B62" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C62" t="inlineStr">
         <x:is>
-          <x:t>05/22/2012</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D62" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E62" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F62" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G62" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>68.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H62" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I62" t="inlineStr">
         <x:is>
-          <x:t>68.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J62" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/04/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B63" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C63" t="inlineStr">
         <x:is>
-          <x:t>06/04/2012</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D63" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E63" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F63" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G63" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>75.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H63" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I63" t="inlineStr">
         <x:is>
-          <x:t>75.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J63" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/04/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B64" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C64" t="inlineStr">
         <x:is>
-          <x:t>06/04/2012</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D64" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E64" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F64" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G64" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>67.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H64" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I64" t="inlineStr">
         <x:is>
-          <x:t>67.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J64" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/04/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B65" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C65" t="inlineStr">
         <x:is>
-          <x:t>06/04/2012</x:t>
+          <x:t>04</x:t>
         </x:is>
       </x:c>
       <x:c r="D65" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E65" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F65" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G65" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>66.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H65" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I65" t="inlineStr">
         <x:is>
-          <x:t>66.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J65" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/21/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B66" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C66" t="inlineStr">
         <x:is>
-          <x:t>06/21/2012</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D66" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E66" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F66" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G66" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>78.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H66" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I66" t="inlineStr">
         <x:is>
-          <x:t>78.4</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J66" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/21/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B67" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C67" t="inlineStr">
         <x:is>
-          <x:t>06/21/2012</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D67" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E67" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F67" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G67" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>77.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I67" t="inlineStr">
         <x:is>
-          <x:t>77.9</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J67" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>06/21/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B68" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C68" t="inlineStr">
         <x:is>
-          <x:t>06/21/2012</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D68" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E68" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F68" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G68" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>77.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I68" t="inlineStr">
         <x:is>
-          <x:t>77.3</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J68" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/08/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B69" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C69" t="inlineStr">
         <x:is>
-          <x:t>07/08/2012</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D69" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E69" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F69" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G69" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>83.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I69" t="inlineStr">
         <x:is>
-          <x:t>83.6</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J69" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/08/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B70" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C70" t="inlineStr">
         <x:is>
-          <x:t>07/08/2012</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D70" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E70" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F70" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G70" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>83.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I70" t="inlineStr">
         <x:is>
-          <x:t>83.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/08/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B71" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C71" t="inlineStr">
         <x:is>
-          <x:t>07/08/2012</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D71" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E71" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F71" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G71" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>82.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H71" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I71" t="inlineStr">
         <x:is>
-          <x:t>82.7</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J71" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/19/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B72" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C72" t="inlineStr">
         <x:is>
-          <x:t>07/19/2012</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D72" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E72" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F72" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G72" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H72" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I72" t="inlineStr">
         <x:is>
-          <x:t>78</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J72" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/19/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B73" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C73" t="inlineStr">
         <x:is>
-          <x:t>07/19/2012</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D73" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E73" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F73" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G73" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H73" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I73" t="inlineStr">
         <x:is>
-          <x:t>78</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J73" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/19/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B74" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C74" t="inlineStr">
         <x:is>
-          <x:t>07/19/2012</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D74" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E74" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F74" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G74" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I74" t="inlineStr">
         <x:is>
-          <x:t>78</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J74" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/31/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B75" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C75" t="inlineStr">
         <x:is>
-          <x:t>07/31/2012</x:t>
+          <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="D75" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E75" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F75" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G75" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>82.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I75" t="inlineStr">
         <x:is>
-          <x:t>82.2</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J75" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/31/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B76" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C76" t="inlineStr">
         <x:is>
-          <x:t>07/31/2012</x:t>
+          <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="D76" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E76" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F76" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G76" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>81.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H76" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I76" t="inlineStr">
         <x:is>
-          <x:t>81.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J76" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>07/31/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B77" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C77" t="inlineStr">
         <x:is>
-          <x:t>07/31/2012</x:t>
+          <x:t>31</x:t>
         </x:is>
       </x:c>
       <x:c r="D77" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E77" t="inlineStr">
         <x:is>
-          <x:t>31</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F77" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G77" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H77" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I77" t="inlineStr">
         <x:is>
-          <x:t>78</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J77" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/14/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B78" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C78" t="inlineStr">
         <x:is>
-          <x:t>08/14/2012</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="D78" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E78" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F78" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G78" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>73.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H78" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I78" t="inlineStr">
         <x:is>
-          <x:t>73.5</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J78" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/14/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B79" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C79" t="inlineStr">
         <x:is>
-          <x:t>08/14/2012</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="D79" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E79" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F79" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G79" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>71</x:t>
         </x:is>
       </x:c>
       <x:c r="H79" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I79" t="inlineStr">
         <x:is>
-          <x:t>71</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J79" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/14/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B80" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C80" t="inlineStr">
         <x:is>
-          <x:t>08/14/2012</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="D80" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E80" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F80" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G80" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>70.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H80" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I80" t="inlineStr">
         <x:is>
-          <x:t>70.8</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J80" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/29/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B81" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C81" t="inlineStr">
         <x:is>
-          <x:t>08/29/2012</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D81" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E81" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F81" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G81" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>74.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H81" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I81" t="inlineStr">
         <x:is>
-          <x:t>74.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J81" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/29/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B82" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C82" t="inlineStr">
         <x:is>
-          <x:t>08/29/2012</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D82" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E82" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F82" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G82" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>74.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H82" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I82" t="inlineStr">
         <x:is>
-          <x:t>74.1</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J82" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>08/29/2012</x:t>
         </x:is>
       </x:c>
       <x:c r="B83" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C83" t="inlineStr">
         <x:is>
-          <x:t>08/29/2012</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D83" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>2012</x:t>
         </x:is>
       </x:c>
       <x:c r="E83" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F83" t="inlineStr">
         <x:is>
-          <x:t>2012</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G83" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>78.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H83" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I83" t="inlineStr">
         <x:is>
-          <x:t>78.9</x:t>
+          <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J83" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>