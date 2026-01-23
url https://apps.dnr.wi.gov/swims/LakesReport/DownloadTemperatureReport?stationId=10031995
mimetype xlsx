--- v0 (2025-10-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb7595aa819842c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5fb7520c7c047d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdbba51ee11934219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Read1012e482745b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdbba51ee11934219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Read1012e482745b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -6711,28 +6711,4188 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G129" t="inlineStr">
         <x:is>
           <x:t>72.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H129" t="inlineStr">
         <x:is>
           <x:t>9.46</x:t>
         </x:is>
       </x:c>
       <x:c r="I129" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J129" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="130">
+      <x:c r="A130" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B130" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C130" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D130" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E130" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G130" t="inlineStr">
+        <x:is>
+          <x:t>18.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H130" t="inlineStr">
+        <x:is>
+          <x:t>15.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I130" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J130" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="131">
+      <x:c r="A131" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B131" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C131" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D131" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E131" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G131" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H131" t="inlineStr">
+        <x:is>
+          <x:t>15.47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I131" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J131" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="132">
+      <x:c r="A132" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B132" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C132" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D132" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E132" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G132" t="inlineStr">
+        <x:is>
+          <x:t>17.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H132" t="inlineStr">
+        <x:is>
+          <x:t>15.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I132" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J132" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c r="A133" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B133" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C133" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D133" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E133" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G133" t="inlineStr">
+        <x:is>
+          <x:t>17.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H133" t="inlineStr">
+        <x:is>
+          <x:t>14.78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I133" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J133" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c r="A134" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B134" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C134" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D134" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E134" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G134" t="inlineStr">
+        <x:is>
+          <x:t>16.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H134" t="inlineStr">
+        <x:is>
+          <x:t>14.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I134" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J134" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c r="A135" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B135" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C135" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D135" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E135" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G135" t="inlineStr">
+        <x:is>
+          <x:t>16.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H135" t="inlineStr">
+        <x:is>
+          <x:t>11.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I135" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J135" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B136" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C136" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D136" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E136" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G136" t="inlineStr">
+        <x:is>
+          <x:t>15.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H136" t="inlineStr">
+        <x:is>
+          <x:t>5.37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I136" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J136" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t>2.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>15.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>05/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>15.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t>.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C140" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D140" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E140" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t>11.83</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t>11.81</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B142" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C142" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D142" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E142" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G142" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H142" t="inlineStr">
+        <x:is>
+          <x:t>11.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I142" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J142" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B143" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C143" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D143" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E143" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G143" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H143" t="inlineStr">
+        <x:is>
+          <x:t>10.49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I143" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J143" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c r="A144" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B144" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C144" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D144" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E144" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G144" t="inlineStr">
+        <x:is>
+          <x:t>19.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H144" t="inlineStr">
+        <x:is>
+          <x:t>10.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I144" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J144" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c r="A145" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B145" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C145" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D145" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E145" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G145" t="inlineStr">
+        <x:is>
+          <x:t>19.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H145" t="inlineStr">
+        <x:is>
+          <x:t>8.78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I145" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J145" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B146" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C146" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D146" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E146" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G146" t="inlineStr">
+        <x:is>
+          <x:t>19.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H146" t="inlineStr">
+        <x:is>
+          <x:t>8.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I146" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J146" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B147" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C147" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D147" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E147" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G147" t="inlineStr">
+        <x:is>
+          <x:t>19.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H147" t="inlineStr">
+        <x:is>
+          <x:t>8.58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I147" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J147" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B148" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C148" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D148" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E148" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G148" t="inlineStr">
+        <x:is>
+          <x:t>19.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H148" t="inlineStr">
+        <x:is>
+          <x:t>3.89</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I148" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J148" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="inlineStr">
+        <x:is>
+          <x:t>06/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B149" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C149" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D149" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E149" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G149" t="inlineStr">
+        <x:is>
+          <x:t>19.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H149" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I149" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J149" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B150" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C150" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D150" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E150" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G150" t="inlineStr">
+        <x:is>
+          <x:t>25.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H150" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I150" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J150" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B151" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C151" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D151" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E151" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G151" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H151" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I151" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J151" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>21.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t>15.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B153" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C153" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D153" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E153" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G153" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H153" t="inlineStr">
+        <x:is>
+          <x:t>11.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I153" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J153" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B154" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C154" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D154" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E154" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G154" t="inlineStr">
+        <x:is>
+          <x:t>19.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H154" t="inlineStr">
+        <x:is>
+          <x:t>9.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I154" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J154" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c r="A155" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B155" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C155" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D155" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E155" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G155" t="inlineStr">
+        <x:is>
+          <x:t>18.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H155" t="inlineStr">
+        <x:is>
+          <x:t>7.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I155" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J155" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c r="A156" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B156" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C156" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D156" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E156" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G156" t="inlineStr">
+        <x:is>
+          <x:t>18.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H156" t="inlineStr">
+        <x:is>
+          <x:t>6.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I156" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J156" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c r="A157" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B157" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C157" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D157" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E157" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G157" t="inlineStr">
+        <x:is>
+          <x:t>18.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H157" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I157" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J157" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t>17.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t>.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>17.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B160" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C160" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D160" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E160" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t>24.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t>8.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>24.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t>8.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B162" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C162" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D162" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E162" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G162" t="inlineStr">
+        <x:is>
+          <x:t>24.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H162" t="inlineStr">
+        <x:is>
+          <x:t>7.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I162" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J162" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B163" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C163" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D163" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E163" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G163" t="inlineStr">
+        <x:is>
+          <x:t>24.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H163" t="inlineStr">
+        <x:is>
+          <x:t>6.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I163" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J163" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B164" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C164" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D164" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E164" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G164" t="inlineStr">
+        <x:is>
+          <x:t>24.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H164" t="inlineStr">
+        <x:is>
+          <x:t>6.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I164" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J164" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c r="A165" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B165" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C165" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D165" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E165" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G165" t="inlineStr">
+        <x:is>
+          <x:t>24.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H165" t="inlineStr">
+        <x:is>
+          <x:t>6.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I165" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J165" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c r="A166" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B166" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C166" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D166" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E166" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G166" t="inlineStr">
+        <x:is>
+          <x:t>24.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H166" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I166" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J166" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c r="A167" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B167" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C167" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D167" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E167" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G167" t="inlineStr">
+        <x:is>
+          <x:t>24.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H167" t="inlineStr">
+        <x:is>
+          <x:t>5.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I167" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J167" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c r="A168" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B168" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C168" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D168" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E168" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G168" t="inlineStr">
+        <x:is>
+          <x:t>24.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H168" t="inlineStr">
+        <x:is>
+          <x:t>5.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I168" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J168" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c r="A169" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B169" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C169" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D169" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E169" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G169" t="inlineStr">
+        <x:is>
+          <x:t>23.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H169" t="inlineStr">
+        <x:is>
+          <x:t>.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I169" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J169" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c r="A170" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B170" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C170" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D170" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E170" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G170" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H170" t="inlineStr">
+        <x:is>
+          <x:t>16.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I170" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J170" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c r="A171" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B171" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C171" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D171" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E171" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G171" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H171" t="inlineStr">
+        <x:is>
+          <x:t>16.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I171" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J171" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c r="A172" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B172" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C172" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D172" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E172" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G172" t="inlineStr">
+        <x:is>
+          <x:t>26.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H172" t="inlineStr">
+        <x:is>
+          <x:t>15.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I172" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J172" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c r="A173" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B173" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C173" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D173" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E173" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G173" t="inlineStr">
+        <x:is>
+          <x:t>26.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H173" t="inlineStr">
+        <x:is>
+          <x:t>14.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I173" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J173" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c r="A174" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B174" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C174" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D174" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E174" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G174" t="inlineStr">
+        <x:is>
+          <x:t>26.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H174" t="inlineStr">
+        <x:is>
+          <x:t>12.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I174" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J174" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c r="A175" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B175" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C175" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D175" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E175" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G175" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H175" t="inlineStr">
+        <x:is>
+          <x:t>4.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I175" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J175" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c r="A176" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B176" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C176" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D176" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E176" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G176" t="inlineStr">
+        <x:is>
+          <x:t>25.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H176" t="inlineStr">
+        <x:is>
+          <x:t>.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I176" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J176" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c r="A177" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B177" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C177" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D177" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E177" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G177" t="inlineStr">
+        <x:is>
+          <x:t>24.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H177" t="inlineStr">
+        <x:is>
+          <x:t>.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I177" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J177" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>23.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t>.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c r="A179" t="inlineStr">
+        <x:is>
+          <x:t>07/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B179" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C179" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D179" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E179" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G179" t="inlineStr">
+        <x:is>
+          <x:t>22.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H179" t="inlineStr">
+        <x:is>
+          <x:t>.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I179" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J179" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c r="A180" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B180" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C180" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D180" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E180" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G180" t="inlineStr">
+        <x:is>
+          <x:t>21.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H180" t="inlineStr">
+        <x:is>
+          <x:t>9.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I180" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J180" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="181">
+      <x:c r="A181" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B181" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C181" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D181" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E181" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F181" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G181" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H181" t="inlineStr">
+        <x:is>
+          <x:t>9.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I181" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J181" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="182">
+      <x:c r="A182" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B182" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C182" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D182" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E182" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G182" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H182" t="inlineStr">
+        <x:is>
+          <x:t>9.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I182" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J182" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="183">
+      <x:c r="A183" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B183" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C183" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D183" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E183" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G183" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H183" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I183" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J183" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="184">
+      <x:c r="A184" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B184" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C184" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D184" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E184" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G184" t="inlineStr">
+        <x:is>
+          <x:t>20.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H184" t="inlineStr">
+        <x:is>
+          <x:t>8.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I184" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J184" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="185">
+      <x:c r="A185" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B185" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C185" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D185" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E185" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G185" t="inlineStr">
+        <x:is>
+          <x:t>20.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H185" t="inlineStr">
+        <x:is>
+          <x:t>7.99</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I185" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J185" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="186">
+      <x:c r="A186" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B186" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C186" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D186" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E186" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G186" t="inlineStr">
+        <x:is>
+          <x:t>20.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H186" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I186" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J186" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c r="A187" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B187" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C187" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D187" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E187" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G187" t="inlineStr">
+        <x:is>
+          <x:t>20.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H187" t="inlineStr">
+        <x:is>
+          <x:t>8.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I187" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J187" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c r="A188" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B188" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C188" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D188" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E188" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G188" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H188" t="inlineStr">
+        <x:is>
+          <x:t>2.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I188" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J188" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c r="A189" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B189" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C189" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D189" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E189" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G189" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H189" t="inlineStr">
+        <x:is>
+          <x:t>2.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I189" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J189" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c r="A190" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B190" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C190" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D190" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E190" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G190" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H190" t="inlineStr">
+        <x:is>
+          <x:t>11.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I190" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J190" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c r="A191" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B191" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C191" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D191" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E191" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G191" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H191" t="inlineStr">
+        <x:is>
+          <x:t>10.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I191" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J191" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c r="A192" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B192" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C192" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D192" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E192" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G192" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H192" t="inlineStr">
+        <x:is>
+          <x:t>9.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I192" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J192" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c r="A193" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B193" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C193" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D193" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E193" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G193" t="inlineStr">
+        <x:is>
+          <x:t>17.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H193" t="inlineStr">
+        <x:is>
+          <x:t>9.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I193" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J193" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="194">
+      <x:c r="A194" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B194" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C194" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D194" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E194" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G194" t="inlineStr">
+        <x:is>
+          <x:t>17.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H194" t="inlineStr">
+        <x:is>
+          <x:t>9.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I194" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J194" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="195">
+      <x:c r="A195" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B195" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C195" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D195" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E195" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G195" t="inlineStr">
+        <x:is>
+          <x:t>17.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H195" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I195" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J195" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c r="A196" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B196" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C196" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D196" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E196" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G196" t="inlineStr">
+        <x:is>
+          <x:t>17.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H196" t="inlineStr">
+        <x:is>
+          <x:t>9.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I196" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J196" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c r="A197" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B197" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C197" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D197" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E197" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G197" t="inlineStr">
+        <x:is>
+          <x:t>17.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H197" t="inlineStr">
+        <x:is>
+          <x:t>8.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I197" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J197" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c r="A198" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B198" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C198" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D198" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E198" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G198" t="inlineStr">
+        <x:is>
+          <x:t>17.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H198" t="inlineStr">
+        <x:is>
+          <x:t>6.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I198" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J198" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c r="A199" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B199" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C199" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D199" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E199" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G199" t="inlineStr">
+        <x:is>
+          <x:t>17.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H199" t="inlineStr">
+        <x:is>
+          <x:t>.13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I199" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J199" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c r="A200" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B200" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C200" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D200" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E200" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G200" t="inlineStr">
+        <x:is>
+          <x:t>21.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H200" t="inlineStr">
+        <x:is>
+          <x:t>10.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I200" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J200" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B201" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C201" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D201" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E201" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G201" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H201" t="inlineStr">
+        <x:is>
+          <x:t>10.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I201" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J201" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>10.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B203" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C203" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D203" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E203" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B204" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C204" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D204" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E204" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G204" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H204" t="inlineStr">
+        <x:is>
+          <x:t>9.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I204" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J204" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B205" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C205" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D205" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E205" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G205" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H205" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I205" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J205" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B206" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C206" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D206" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E206" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G206" t="inlineStr">
+        <x:is>
+          <x:t>20.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H206" t="inlineStr">
+        <x:is>
+          <x:t>8.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I206" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J206" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c r="A207" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B207" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C207" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D207" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E207" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G207" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H207" t="inlineStr">
+        <x:is>
+          <x:t>8.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I207" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J207" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c r="A208" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B208" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C208" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D208" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E208" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G208" t="inlineStr">
+        <x:is>
+          <x:t>20.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H208" t="inlineStr">
+        <x:is>
+          <x:t>.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I208" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J208" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B209" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C209" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D209" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E209" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G209" t="inlineStr">
+        <x:is>
+          <x:t>20.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H209" t="inlineStr">
+        <x:is>
+          <x:t>.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I209" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J209" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>