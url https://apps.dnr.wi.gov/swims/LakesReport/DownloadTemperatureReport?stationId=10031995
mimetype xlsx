--- v1 (2026-01-23)
+++ v2 (2026-03-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5fb7520c7c047d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845eba36531040b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Read1012e482745b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R09324d9cb9ad4e28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Read1012e482745b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09324d9cb9ad4e28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>