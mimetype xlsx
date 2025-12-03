--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f112ae3066e4fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72d10bf1a554fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R61fdae22c42d479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4d56370e7e494c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61fdae22c42d479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d56370e7e494c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -24651,28 +24651,3148 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G474" t="inlineStr">
         <x:is>
           <x:t>63.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H474" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I474" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J474" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="475">
+      <x:c r="A475" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B475" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C475" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D475" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E475" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F475" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G475" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H475" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I475" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J475" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="476">
+      <x:c r="A476" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B476" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C476" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D476" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E476" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F476" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G476" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H476" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I476" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J476" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="477">
+      <x:c r="A477" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B477" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C477" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D477" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E477" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F477" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G477" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H477" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I477" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J477" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="478">
+      <x:c r="A478" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B478" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C478" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D478" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E478" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F478" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G478" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H478" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I478" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J478" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="479">
+      <x:c r="A479" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B479" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C479" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D479" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E479" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G479" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I479" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J479" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="480">
+      <x:c r="A480" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B480" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C480" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D480" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E480" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G480" t="inlineStr">
+        <x:is>
+          <x:t>61.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I480" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J480" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="481">
+      <x:c r="A481" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B481" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C481" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D481" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E481" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G481" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I481" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J481" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="482">
+      <x:c r="A482" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B482" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C482" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D482" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E482" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G482" t="inlineStr">
+        <x:is>
+          <x:t>60.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I482" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J482" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="483">
+      <x:c r="A483" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B483" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C483" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D483" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E483" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G483" t="inlineStr">
+        <x:is>
+          <x:t>60.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I483" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J483" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="484">
+      <x:c r="A484" t="inlineStr">
+        <x:is>
+          <x:t>05/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B484" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C484" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D484" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E484" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F484" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G484" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H484" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I484" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J484" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="485">
+      <x:c r="A485" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B485" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C485" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D485" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E485" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F485" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G485" t="inlineStr">
+        <x:is>
+          <x:t>80.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H485" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I485" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J485" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="486">
+      <x:c r="A486" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B486" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C486" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D486" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E486" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F486" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G486" t="inlineStr">
+        <x:is>
+          <x:t>80.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H486" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I486" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J486" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="487">
+      <x:c r="A487" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B487" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C487" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D487" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E487" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F487" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G487" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H487" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I487" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J487" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="488">
+      <x:c r="A488" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B488" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C488" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D488" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E488" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F488" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G488" t="inlineStr">
+        <x:is>
+          <x:t>76.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H488" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I488" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J488" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="489">
+      <x:c r="A489" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B489" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C489" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D489" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E489" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F489" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G489" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H489" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I489" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J489" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="490">
+      <x:c r="A490" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B490" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C490" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D490" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E490" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F490" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G490" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H490" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I490" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J490" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="491">
+      <x:c r="A491" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B491" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C491" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D491" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E491" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F491" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G491" t="inlineStr">
+        <x:is>
+          <x:t>71.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H491" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I491" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J491" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="492">
+      <x:c r="A492" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B492" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C492" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D492" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E492" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F492" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G492" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H492" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I492" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J492" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="493">
+      <x:c r="A493" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B493" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C493" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D493" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E493" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F493" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G493" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H493" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I493" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J493" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="494">
+      <x:c r="A494" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B494" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C494" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D494" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E494" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F494" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G494" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H494" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I494" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J494" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="495">
+      <x:c r="A495" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B495" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C495" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D495" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E495" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F495" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G495" t="inlineStr">
+        <x:is>
+          <x:t>84.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H495" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I495" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J495" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="496">
+      <x:c r="A496" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B496" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C496" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D496" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E496" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F496" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G496" t="inlineStr">
+        <x:is>
+          <x:t>84.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H496" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I496" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J496" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="497">
+      <x:c r="A497" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B497" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C497" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D497" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E497" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F497" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G497" t="inlineStr">
+        <x:is>
+          <x:t>83.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H497" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I497" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J497" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="498">
+      <x:c r="A498" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B498" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C498" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D498" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E498" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F498" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G498" t="inlineStr">
+        <x:is>
+          <x:t>79.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H498" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I498" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J498" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="499">
+      <x:c r="A499" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B499" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C499" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D499" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E499" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F499" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G499" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H499" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I499" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J499" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="500">
+      <x:c r="A500" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B500" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C500" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D500" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E500" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G500" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I500" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="501">
+      <x:c r="A501" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B501" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C501" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D501" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E501" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G501" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I501" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="502">
+      <x:c r="A502" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B502" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C502" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D502" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E502" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G502" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I502" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="503">
+      <x:c r="A503" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B503" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C503" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D503" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E503" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G503" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I503" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="504">
+      <x:c r="A504" t="inlineStr">
+        <x:is>
+          <x:t>07/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B504" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C504" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D504" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E504" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F504" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G504" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H504" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I504" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J504" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="505">
+      <x:c r="A505" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B505" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C505" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D505" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E505" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F505" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G505" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H505" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I505" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J505" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="506">
+      <x:c r="A506" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B506" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C506" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D506" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E506" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F506" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G506" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H506" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I506" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J506" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="507">
+      <x:c r="A507" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B507" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C507" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D507" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E507" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F507" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G507" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H507" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I507" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J507" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="508">
+      <x:c r="A508" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B508" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C508" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D508" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E508" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F508" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G508" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H508" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I508" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J508" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="509">
+      <x:c r="A509" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B509" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C509" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D509" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E509" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F509" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G509" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H509" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I509" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J509" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="510">
+      <x:c r="A510" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B510" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C510" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D510" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E510" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F510" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G510" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H510" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I510" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J510" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="511">
+      <x:c r="A511" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B511" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C511" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D511" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E511" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F511" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G511" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H511" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I511" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J511" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="512">
+      <x:c r="A512" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B512" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C512" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D512" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E512" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F512" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G512" t="inlineStr">
+        <x:is>
+          <x:t>74.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H512" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I512" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J512" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="513">
+      <x:c r="A513" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B513" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C513" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D513" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E513" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F513" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G513" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H513" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I513" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J513" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="514">
+      <x:c r="A514" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B514" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C514" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D514" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E514" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F514" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G514" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H514" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I514" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J514" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="515">
+      <x:c r="A515" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B515" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C515" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D515" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E515" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F515" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G515" t="inlineStr">
+        <x:is>
+          <x:t>76.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H515" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I515" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J515" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="516">
+      <x:c r="A516" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B516" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C516" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D516" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E516" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F516" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G516" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H516" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I516" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J516" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="517">
+      <x:c r="A517" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B517" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C517" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D517" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E517" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F517" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G517" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H517" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I517" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J517" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="518">
+      <x:c r="A518" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B518" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C518" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D518" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E518" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F518" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G518" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H518" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I518" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J518" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="519">
+      <x:c r="A519" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B519" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C519" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D519" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E519" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F519" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G519" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H519" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I519" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J519" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="520">
+      <x:c r="A520" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B520" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C520" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D520" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E520" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F520" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G520" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H520" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I520" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J520" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="521">
+      <x:c r="A521" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B521" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C521" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D521" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E521" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F521" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G521" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H521" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I521" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J521" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="522">
+      <x:c r="A522" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B522" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C522" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D522" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E522" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F522" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G522" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H522" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I522" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J522" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="523">
+      <x:c r="A523" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B523" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C523" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D523" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E523" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F523" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G523" t="inlineStr">
+        <x:is>
+          <x:t>65.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H523" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I523" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J523" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="524">
+      <x:c r="A524" t="inlineStr">
+        <x:is>
+          <x:t>09/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B524" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C524" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D524" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E524" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F524" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G524" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H524" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I524" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J524" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="525">
+      <x:c r="A525" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B525" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C525" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D525" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E525" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F525" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G525" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H525" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I525" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J525" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="526">
+      <x:c r="A526" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B526" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C526" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D526" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E526" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F526" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G526" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H526" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I526" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J526" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="527">
+      <x:c r="A527" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B527" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C527" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D527" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E527" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F527" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G527" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H527" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I527" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J527" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="528">
+      <x:c r="A528" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B528" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C528" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D528" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E528" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F528" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G528" t="inlineStr">
+        <x:is>
+          <x:t>67.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H528" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I528" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J528" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="529">
+      <x:c r="A529" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B529" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C529" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D529" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E529" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F529" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G529" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H529" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I529" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J529" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="530">
+      <x:c r="A530" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B530" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C530" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D530" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E530" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F530" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G530" t="inlineStr">
+        <x:is>
+          <x:t>66.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H530" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I530" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J530" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="531">
+      <x:c r="A531" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B531" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C531" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D531" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E531" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F531" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G531" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H531" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I531" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J531" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="532">
+      <x:c r="A532" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B532" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C532" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D532" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E532" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F532" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G532" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H532" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I532" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J532" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="533">
+      <x:c r="A533" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B533" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C533" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D533" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E533" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F533" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G533" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H533" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I533" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J533" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="534">
+      <x:c r="A534" t="inlineStr">
+        <x:is>
+          <x:t>10/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B534" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C534" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D534" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E534" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F534" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G534" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H534" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I534" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J534" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>