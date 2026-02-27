--- v1 (2025-12-03)
+++ v2 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72d10bf1a554fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3049fbc0eac84d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4d56370e7e494c25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb2feb7c6417e4ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d56370e7e494c25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2feb7c6417e4ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>