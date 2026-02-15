--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98e494d19cf414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd418bccea547b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R57925e37302545e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd3d1a1fbcf374b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57925e37302545e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3d1a1fbcf374b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -6191,28 +6191,392 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G119" t="inlineStr">
         <x:is>
           <x:t>21.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H119" t="inlineStr">
         <x:is>
           <x:t>8.05</x:t>
         </x:is>
       </x:c>
       <x:c r="I119" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J119" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="120">
+      <x:c r="A120" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B120" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C120" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D120" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E120" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G120" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H120" t="inlineStr">
+        <x:is>
+          <x:t>11.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I120" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J120" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t>11.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t>11.63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B123" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C123" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D123" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E123" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G123" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H123" t="inlineStr">
+        <x:is>
+          <x:t>11.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I123" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J123" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B124" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C124" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D124" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E124" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G124" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H124" t="inlineStr">
+        <x:is>
+          <x:t>11.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I124" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J124" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B125" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C125" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D125" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E125" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G125" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H125" t="inlineStr">
+        <x:is>
+          <x:t>11.67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I125" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J125" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="inlineStr">
+        <x:is>
+          <x:t>11/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B126" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C126" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D126" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E126" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G126" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H126" t="inlineStr">
+        <x:is>
+          <x:t>11.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I126" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J126" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>