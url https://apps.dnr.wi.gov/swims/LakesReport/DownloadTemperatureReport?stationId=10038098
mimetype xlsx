--- v0 (2025-12-25)
+++ v1 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re174787ac2ec40ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059908a7dac74633" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raf564e90fb7c4f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb13442bf037a42d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf564e90fb7c4f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb13442bf037a42d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -5047,28 +5047,964 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G97" t="inlineStr">
         <x:is>
           <x:t>0.0</x:t>
         </x:is>
       </x:c>
       <x:c r="H97" t="inlineStr">
         <x:is>
           <x:t>14.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I97" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J97" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="inlineStr">
+        <x:is>
+          <x:t>01/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B98" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C98" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D98" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E98" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G98" t="inlineStr">
+        <x:is>
+          <x:t>0.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H98" t="inlineStr">
+        <x:is>
+          <x:t>14.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I98" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J98" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="inlineStr">
+        <x:is>
+          <x:t>02/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B99" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C99" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D99" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E99" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G99" t="inlineStr">
+        <x:is>
+          <x:t>0.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H99" t="inlineStr">
+        <x:is>
+          <x:t>15.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I99" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J99" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="inlineStr">
+        <x:is>
+          <x:t>03/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B100" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C100" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D100" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E100" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G100" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H100" t="inlineStr">
+        <x:is>
+          <x:t>12.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I100" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J100" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="inlineStr">
+        <x:is>
+          <x:t>03/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B101" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C101" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D101" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E101" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G101" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H101" t="inlineStr">
+        <x:is>
+          <x:t>11.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I101" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J101" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="inlineStr">
+        <x:is>
+          <x:t>04/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B102" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C102" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D102" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E102" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G102" t="inlineStr">
+        <x:is>
+          <x:t>5.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H102" t="inlineStr">
+        <x:is>
+          <x:t>12.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I102" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J102" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c r="A103" t="inlineStr">
+        <x:is>
+          <x:t>04/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B103" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C103" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D103" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E103" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G103" t="inlineStr">
+        <x:is>
+          <x:t>15.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H103" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I103" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J103" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="inlineStr">
+        <x:is>
+          <x:t>05/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B104" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C104" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D104" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E104" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G104" t="inlineStr">
+        <x:is>
+          <x:t>13.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H104" t="inlineStr">
+        <x:is>
+          <x:t>9.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I104" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J104" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c r="A105" t="inlineStr">
+        <x:is>
+          <x:t>05/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B105" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C105" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D105" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E105" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F105" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G105" t="inlineStr">
+        <x:is>
+          <x:t>10.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H105" t="inlineStr">
+        <x:is>
+          <x:t>9.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I105" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J105" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B106" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C106" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D106" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E106" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F106" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G106" t="inlineStr">
+        <x:is>
+          <x:t>22.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H106" t="inlineStr">
+        <x:is>
+          <x:t>7.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I106" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J106" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B107" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C107" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D107" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E107" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G107" t="inlineStr">
+        <x:is>
+          <x:t>26.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H107" t="inlineStr">
+        <x:is>
+          <x:t>6.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I107" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J107" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="108">
+      <x:c r="A108" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B108" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C108" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D108" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E108" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G108" t="inlineStr">
+        <x:is>
+          <x:t>24.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H108" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I108" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J108" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c r="A109" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B109" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C109" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D109" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E109" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G109" t="inlineStr">
+        <x:is>
+          <x:t>27.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H109" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I109" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J109" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="110">
+      <x:c r="A110" t="inlineStr">
+        <x:is>
+          <x:t>08/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B110" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C110" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D110" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E110" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G110" t="inlineStr">
+        <x:is>
+          <x:t>23.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H110" t="inlineStr">
+        <x:is>
+          <x:t>7.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I110" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J110" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="111">
+      <x:c r="A111" t="inlineStr">
+        <x:is>
+          <x:t>09/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B111" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C111" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D111" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E111" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G111" t="inlineStr">
+        <x:is>
+          <x:t>21.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H111" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I111" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J111" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c r="A112" t="inlineStr">
+        <x:is>
+          <x:t>10/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B112" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C112" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D112" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E112" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G112" t="inlineStr">
+        <x:is>
+          <x:t>19.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H112" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I112" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J112" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="inlineStr">
+        <x:is>
+          <x:t>10/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B113" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C113" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D113" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E113" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G113" t="inlineStr">
+        <x:is>
+          <x:t>14.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H113" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I113" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J113" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c r="A114" t="inlineStr">
+        <x:is>
+          <x:t>11/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B114" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C114" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D114" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E114" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G114" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H114" t="inlineStr">
+        <x:is>
+          <x:t>10.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I114" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J114" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c r="A115" t="inlineStr">
+        <x:is>
+          <x:t>12/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B115" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C115" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D115" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E115" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G115" t="inlineStr">
+        <x:is>
+          <x:t>0.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H115" t="inlineStr">
+        <x:is>
+          <x:t>13.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I115" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J115" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>