--- v0 (2025-11-09)
+++ v1 (2025-12-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe1380c49b14490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249a4f8d81d8453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc5a97f9c6db34f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08e5bc70898742a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc5a97f9c6db34f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08e5bc70898742a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>