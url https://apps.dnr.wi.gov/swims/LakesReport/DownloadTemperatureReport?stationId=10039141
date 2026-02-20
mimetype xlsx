--- v1 (2025-12-31)
+++ v2 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R249a4f8d81d8453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11f140e687a45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R08e5bc70898742a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4d130609b7cf4f72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R08e5bc70898742a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d130609b7cf4f72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -12171,28 +12171,184 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G234" t="inlineStr">
         <x:is>
           <x:t>9.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H234" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="I234" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J234" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
+          <x:t>03/01/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t>14.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t>3.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>03/01/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>6.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>2.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="inlineStr">
+        <x:is>
+          <x:t>03/01/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B237" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C237" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D237" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E237" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H237" t="inlineStr">
+        <x:is>
+          <x:t>.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J237" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>