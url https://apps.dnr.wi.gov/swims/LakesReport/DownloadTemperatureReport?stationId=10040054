--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb23d7ae839e64092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re993b1432cfa4af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd2aa63ed814b471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9bbb2d2f18a644fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2aa63ed814b471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bbb2d2f18a644fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>