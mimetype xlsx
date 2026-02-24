--- v1 (2026-01-08)
+++ v2 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re993b1432cfa4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0a4c09779d4357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9bbb2d2f18a644fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf180f282c9924513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bbb2d2f18a644fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf180f282c9924513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -13731,28 +13731,1536 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G264" t="inlineStr">
         <x:is>
           <x:t>48.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H264" t="inlineStr">
         <x:is>
           <x:t>.12</x:t>
         </x:is>
       </x:c>
       <x:c r="I264" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J264" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="265">
+      <x:c r="A265" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B265" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C265" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D265" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E265" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G265" t="inlineStr">
+        <x:is>
+          <x:t>36.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H265" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I265" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J265" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="266">
+      <x:c r="A266" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B266" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C266" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D266" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E266" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G266" t="inlineStr">
+        <x:is>
+          <x:t>37.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H266" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I266" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J266" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="267">
+      <x:c r="A267" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B267" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C267" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D267" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E267" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G267" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H267" t="inlineStr">
+        <x:is>
+          <x:t>6.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I267" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J267" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="268">
+      <x:c r="A268" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B268" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C268" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D268" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E268" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G268" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H268" t="inlineStr">
+        <x:is>
+          <x:t>6.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I268" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J268" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="269">
+      <x:c r="A269" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B269" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C269" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D269" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E269" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G269" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H269" t="inlineStr">
+        <x:is>
+          <x:t>6.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I269" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J269" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="270">
+      <x:c r="A270" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B270" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C270" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D270" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E270" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G270" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H270" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I270" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J270" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="271">
+      <x:c r="A271" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B271" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C271" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D271" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E271" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G271" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H271" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I271" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J271" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="272">
+      <x:c r="A272" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B272" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C272" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D272" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E272" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G272" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H272" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I272" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J272" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="273">
+      <x:c r="A273" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B273" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C273" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D273" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E273" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G273" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H273" t="inlineStr">
+        <x:is>
+          <x:t>5.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I273" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J273" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="274">
+      <x:c r="A274" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B274" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C274" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D274" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E274" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G274" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H274" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I274" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J274" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="275">
+      <x:c r="A275" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B275" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C275" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D275" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E275" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G275" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H275" t="inlineStr">
+        <x:is>
+          <x:t>5.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I275" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J275" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="276">
+      <x:c r="A276" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B276" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C276" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D276" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E276" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G276" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H276" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I276" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J276" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="277">
+      <x:c r="A277" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B277" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C277" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D277" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E277" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F277" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G277" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H277" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I277" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J277" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="278">
+      <x:c r="A278" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B278" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C278" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D278" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E278" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G278" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H278" t="inlineStr">
+        <x:is>
+          <x:t>4.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I278" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J278" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="279">
+      <x:c r="A279" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B279" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C279" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D279" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E279" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G279" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H279" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I279" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J279" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="280">
+      <x:c r="A280" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B280" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C280" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D280" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E280" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G280" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H280" t="inlineStr">
+        <x:is>
+          <x:t>3.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I280" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J280" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="281">
+      <x:c r="A281" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B281" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C281" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D281" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E281" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G281" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H281" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I281" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J281" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="282">
+      <x:c r="A282" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B282" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C282" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D282" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E282" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G282" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H282" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I282" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J282" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="283">
+      <x:c r="A283" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B283" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C283" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D283" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E283" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G283" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H283" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I283" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J283" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="284">
+      <x:c r="A284" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B284" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C284" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D284" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E284" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G284" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H284" t="inlineStr">
+        <x:is>
+          <x:t>2.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I284" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J284" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="285">
+      <x:c r="A285" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B285" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C285" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D285" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E285" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G285" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H285" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I285" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J285" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="286">
+      <x:c r="A286" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B286" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C286" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D286" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E286" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G286" t="inlineStr">
+        <x:is>
+          <x:t>39.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H286" t="inlineStr">
+        <x:is>
+          <x:t>1.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I286" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J286" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c r="A287" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B287" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C287" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D287" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E287" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G287" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H287" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I287" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J287" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B288" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C288" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D288" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E288" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G288" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H288" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I288" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J288" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c r="A289" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B289" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C289" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D289" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E289" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G289" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H289" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I289" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J289" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="290">
+      <x:c r="A290" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B290" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C290" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D290" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E290" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G290" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H290" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I290" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J290" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="291">
+      <x:c r="A291" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B291" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C291" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D291" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E291" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G291" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H291" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I291" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J291" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="292">
+      <x:c r="A292" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B292" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C292" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D292" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E292" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G292" t="inlineStr">
+        <x:is>
+          <x:t>39.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H292" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I292" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J292" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="293">
+      <x:c r="A293" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B293" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C293" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D293" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E293" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F293" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G293" t="inlineStr">
+        <x:is>
+          <x:t>39.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H293" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I293" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J293" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>