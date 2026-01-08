--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2008e0ad3df7461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afa371597584741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R96a702fefc0c40e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R497e22e63ce243a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96a702fefc0c40e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R497e22e63ce243a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -4943,28 +4943,1692 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G95" t="inlineStr">
         <x:is>
           <x:t>49.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H95" t="inlineStr">
         <x:is>
           <x:t>.39</x:t>
         </x:is>
       </x:c>
       <x:c r="I95" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J95" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="96">
+      <x:c r="A96" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B96" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C96" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D96" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E96" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F96" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G96" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H96" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I96" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J96" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="97">
+      <x:c r="A97" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B97" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C97" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D97" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E97" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F97" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G97" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H97" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I97" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J97" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B98" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C98" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D98" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E98" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G98" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H98" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I98" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J98" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B99" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C99" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D99" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E99" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G99" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H99" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I99" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J99" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B100" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C100" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D100" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E100" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G100" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H100" t="inlineStr">
+        <x:is>
+          <x:t>7.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I100" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J100" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B101" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C101" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D101" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E101" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G101" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H101" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I101" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J101" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B102" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C102" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D102" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E102" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G102" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H102" t="inlineStr">
+        <x:is>
+          <x:t>7.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I102" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J102" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c r="A103" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B103" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C103" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D103" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E103" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G103" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H103" t="inlineStr">
+        <x:is>
+          <x:t>7.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I103" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J103" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B104" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C104" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D104" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E104" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G104" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H104" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I104" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J104" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c r="A105" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B105" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C105" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D105" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E105" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F105" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G105" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H105" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I105" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J105" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B106" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C106" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D106" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E106" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F106" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G106" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H106" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I106" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J106" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B107" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C107" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D107" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E107" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G107" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H107" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I107" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J107" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="108">
+      <x:c r="A108" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B108" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C108" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D108" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E108" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F108" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G108" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H108" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I108" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J108" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="109">
+      <x:c r="A109" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B109" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C109" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D109" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E109" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F109" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G109" t="inlineStr">
+        <x:is>
+          <x:t>66.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H109" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I109" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J109" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="110">
+      <x:c r="A110" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B110" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C110" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D110" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E110" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G110" t="inlineStr">
+        <x:is>
+          <x:t>66.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H110" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I110" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J110" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="111">
+      <x:c r="A111" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B111" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C111" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D111" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E111" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G111" t="inlineStr">
+        <x:is>
+          <x:t>65.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H111" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I111" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J111" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c r="A112" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B112" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C112" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D112" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E112" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G112" t="inlineStr">
+        <x:is>
+          <x:t>65.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H112" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I112" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J112" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B113" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C113" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D113" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E113" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G113" t="inlineStr">
+        <x:is>
+          <x:t>64.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H113" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I113" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J113" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c r="A114" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B114" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C114" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D114" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E114" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G114" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H114" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I114" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J114" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c r="A115" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B115" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C115" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D115" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E115" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G115" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H115" t="inlineStr">
+        <x:is>
+          <x:t>6.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I115" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J115" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c r="A116" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B116" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C116" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D116" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E116" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G116" t="inlineStr">
+        <x:is>
+          <x:t>61.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H116" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I116" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J116" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B117" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C117" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D117" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E117" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G117" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H117" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I117" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J117" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="118">
+      <x:c r="A118" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B118" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C118" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D118" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E118" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G118" t="inlineStr">
+        <x:is>
+          <x:t>59.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H118" t="inlineStr">
+        <x:is>
+          <x:t>2.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I118" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J118" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="119">
+      <x:c r="A119" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B119" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C119" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D119" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E119" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G119" t="inlineStr">
+        <x:is>
+          <x:t>58.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H119" t="inlineStr">
+        <x:is>
+          <x:t>1.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I119" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J119" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="120">
+      <x:c r="A120" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B120" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C120" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D120" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E120" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G120" t="inlineStr">
+        <x:is>
+          <x:t>58.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H120" t="inlineStr">
+        <x:is>
+          <x:t>1.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I120" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J120" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t>56.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t>.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t>53.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B123" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C123" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D123" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E123" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G123" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H123" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I123" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J123" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B124" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C124" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D124" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E124" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G124" t="inlineStr">
+        <x:is>
+          <x:t>50.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H124" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I124" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J124" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B125" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C125" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D125" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E125" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G125" t="inlineStr">
+        <x:is>
+          <x:t>50.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H125" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I125" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J125" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B126" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C126" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D126" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E126" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G126" t="inlineStr">
+        <x:is>
+          <x:t>50.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H126" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I126" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J126" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B127" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C127" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D127" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E127" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G127" t="inlineStr">
+        <x:is>
+          <x:t>50.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H127" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I127" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J127" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>