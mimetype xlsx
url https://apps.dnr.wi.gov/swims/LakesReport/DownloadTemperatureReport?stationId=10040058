--- v1 (2026-01-08)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afa371597584741" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce0c448fc93f4326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R497e22e63ce243a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbdb5f16829f5428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R497e22e63ce243a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbdb5f16829f5428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>