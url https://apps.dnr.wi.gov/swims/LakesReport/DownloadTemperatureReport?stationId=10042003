--- v0 (2025-10-01)
+++ v1 (2025-11-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f70275d82b4119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22177cbc1a5a4061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6405f56722df4f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1738408bf54c4614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6405f56722df4f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1738408bf54c4614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -16487,28 +16487,1068 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G317" t="inlineStr">
         <x:is>
           <x:t>73.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I317" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J317" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="318">
+      <x:c r="A318" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B318" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C318" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D318" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E318" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F318" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G318" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H318" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I318" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J318" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="319">
+      <x:c r="A319" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B319" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C319" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D319" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E319" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F319" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G319" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H319" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I319" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J319" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="320">
+      <x:c r="A320" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B320" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C320" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D320" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E320" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F320" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G320" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H320" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I320" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J320" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="321">
+      <x:c r="A321" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B321" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C321" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D321" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E321" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F321" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G321" t="inlineStr">
+        <x:is>
+          <x:t>78.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H321" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I321" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J321" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="322">
+      <x:c r="A322" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B322" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C322" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D322" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E322" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G322" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I322" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J322" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="323">
+      <x:c r="A323" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B323" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C323" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D323" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E323" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G323" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I323" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J323" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="324">
+      <x:c r="A324" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B324" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C324" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D324" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E324" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G324" t="inlineStr">
+        <x:is>
+          <x:t>73.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I324" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J324" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="325">
+      <x:c r="A325" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B325" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C325" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D325" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E325" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G325" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I325" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J325" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="326">
+      <x:c r="A326" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B326" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C326" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D326" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E326" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G326" t="inlineStr">
+        <x:is>
+          <x:t>71.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I326" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J326" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="327">
+      <x:c r="A327" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B327" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C327" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D327" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E327" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G327" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I327" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c r="A328" t="inlineStr">
+        <x:is>
+          <x:t>09/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
+          <x:t>09/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B329" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C329" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D329" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E329" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t>65.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="inlineStr">
+        <x:is>
+          <x:t>09/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B330" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C330" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D330" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E330" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G330" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I330" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c r="A331" t="inlineStr">
+        <x:is>
+          <x:t>09/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B331" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C331" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D331" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E331" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G331" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I331" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c r="A332" t="inlineStr">
+        <x:is>
+          <x:t>09/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B332" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C332" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D332" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E332" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G332" t="inlineStr">
+        <x:is>
+          <x:t>65.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I332" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c r="A333" t="inlineStr">
+        <x:is>
+          <x:t>10/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B333" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C333" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D333" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E333" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G333" t="inlineStr">
+        <x:is>
+          <x:t>70.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I333" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="334">
+      <x:c r="A334" t="inlineStr">
+        <x:is>
+          <x:t>10/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B334" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C334" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D334" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E334" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G334" t="inlineStr">
+        <x:is>
+          <x:t>70.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I334" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="335">
+      <x:c r="A335" t="inlineStr">
+        <x:is>
+          <x:t>10/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B335" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C335" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D335" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E335" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G335" t="inlineStr">
+        <x:is>
+          <x:t>70.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I335" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="336">
+      <x:c r="A336" t="inlineStr">
+        <x:is>
+          <x:t>10/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B336" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C336" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D336" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E336" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G336" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I336" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="337">
+      <x:c r="A337" t="inlineStr">
+        <x:is>
+          <x:t>10/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B337" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C337" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D337" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E337" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G337" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I337" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>