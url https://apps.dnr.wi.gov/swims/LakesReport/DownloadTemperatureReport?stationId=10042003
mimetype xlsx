--- v1 (2025-11-23)
+++ v2 (2026-01-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22177cbc1a5a4061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f9c42940f54301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1738408bf54c4614"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3a79aa02c82049a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1738408bf54c4614" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a79aa02c82049a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>