--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f9c42940f54301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e90b4486fd4cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3a79aa02c82049a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbb7ba2bb2e674f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3a79aa02c82049a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb7ba2bb2e674f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>