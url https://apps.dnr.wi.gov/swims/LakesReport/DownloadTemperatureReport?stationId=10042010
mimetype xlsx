--- v0 (2025-10-01)
+++ v1 (2025-11-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e27bbc13d040c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb038ee1a34f44303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re13112f25d3c4e8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra2e508f8ce174458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re13112f25d3c4e8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2e508f8ce174458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -17631,28 +17631,704 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G339" t="inlineStr">
         <x:is>
           <x:t>73.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H339" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I339" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J339" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B340" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C340" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D340" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E340" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G340" t="inlineStr">
+        <x:is>
+          <x:t>75.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I340" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C341" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D341" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E341" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B342" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C342" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D342" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E342" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G342" t="inlineStr">
+        <x:is>
+          <x:t>71.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="343">
+      <x:c r="A343" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B343" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C343" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D343" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E343" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G343" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I343" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="344">
+      <x:c r="A344" t="inlineStr">
+        <x:is>
+          <x:t>06/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B344" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C344" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D344" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E344" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G344" t="inlineStr">
+        <x:is>
+          <x:t>73.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I344" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="345">
+      <x:c r="A345" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B345" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C345" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D345" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E345" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G345" t="inlineStr">
+        <x:is>
+          <x:t>80.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I345" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="346">
+      <x:c r="A346" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B346" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C346" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D346" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E346" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G346" t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I346" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="347">
+      <x:c r="A347" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B347" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C347" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D347" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E347" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G347" t="inlineStr">
+        <x:is>
+          <x:t>77.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I347" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c r="A348" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B348" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C348" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D348" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E348" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G348" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I348" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c r="A349" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B349" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C349" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D349" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E349" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G349" t="inlineStr">
+        <x:is>
+          <x:t>70.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I349" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c r="A350" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B350" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C350" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D350" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E350" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G350" t="inlineStr">
+        <x:is>
+          <x:t>70.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I350" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c r="A351" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B351" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C351" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D351" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E351" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G351" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I351" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c r="A352" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B352" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C352" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D352" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E352" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G352" t="inlineStr">
+        <x:is>
+          <x:t>70.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I352" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>