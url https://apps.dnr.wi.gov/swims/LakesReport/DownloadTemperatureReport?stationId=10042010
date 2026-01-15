--- v1 (2025-11-23)
+++ v2 (2026-01-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb038ee1a34f44303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e09e866be904f8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra2e508f8ce174458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb6f2ea95d7c94da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra2e508f8ce174458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6f2ea95d7c94da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>