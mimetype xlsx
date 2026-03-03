--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e09e866be904f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cdbd9ca9de4fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb6f2ea95d7c94da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb7aaf17e8cda4332"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6f2ea95d7c94da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7aaf17e8cda4332" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>