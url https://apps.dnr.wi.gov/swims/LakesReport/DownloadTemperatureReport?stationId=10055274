--- v0 (2025-12-27)
+++ v1 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdf7f17cc2247cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8c66938aee4030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1d4ace0acd2a471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1a647f3866844d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d4ace0acd2a471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a647f3866844d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>