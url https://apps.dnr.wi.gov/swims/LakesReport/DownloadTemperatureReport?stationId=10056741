--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,1434 +1,1434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ecc0a588714dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb51c20095ee3423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9f515ce45a7f4b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5e0babd5d0784347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f515ce45a7f4b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e0babd5d0784347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1" t="inlineStr">
+        <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...43 lines deleted...]
-          <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/19/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
-          <x:t>07/19/2022</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C2" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D2" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E2" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F2" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>27.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H2" t="inlineStr">
         <x:is>
-          <x:t>27.6</x:t>
+          <x:t>12.02</x:t>
         </x:is>
       </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>12.02</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/19/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
-          <x:t>07/19/2022</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C3" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D3" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E3" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F3" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>27.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H3" t="inlineStr">
         <x:is>
-          <x:t>27.4</x:t>
+          <x:t>11.99</x:t>
         </x:is>
       </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>11.99</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/19/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B4" t="inlineStr">
         <x:is>
-          <x:t>07/19/2022</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C4" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D4" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E4" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F4" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>24.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H4" t="inlineStr">
         <x:is>
-          <x:t>24.4</x:t>
+          <x:t>3.24</x:t>
         </x:is>
       </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>3.24</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/19/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B5" t="inlineStr">
         <x:is>
-          <x:t>07/19/2022</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C5" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="D5" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E5" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F5" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>22.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H5" t="inlineStr">
         <x:is>
-          <x:t>22.2</x:t>
+          <x:t>.13</x:t>
         </x:is>
       </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>.13</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/16/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B6" t="inlineStr">
         <x:is>
-          <x:t>08/16/2022</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C6" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="D6" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E6" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F6" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>22.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H6" t="inlineStr">
         <x:is>
-          <x:t>22.2</x:t>
+          <x:t>9.59</x:t>
         </x:is>
       </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>9.59</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/16/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B7" t="inlineStr">
         <x:is>
-          <x:t>08/16/2022</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C7" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="D7" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E7" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F7" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>22.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H7" t="inlineStr">
         <x:is>
-          <x:t>22.1</x:t>
+          <x:t>10.03</x:t>
         </x:is>
       </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>10.03</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/16/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B8" t="inlineStr">
         <x:is>
-          <x:t>08/16/2022</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C8" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="D8" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E8" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F8" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H8" t="inlineStr">
         <x:is>
-          <x:t>21.7</x:t>
+          <x:t>6.82</x:t>
         </x:is>
       </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>6.82</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/16/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B9" t="inlineStr">
         <x:is>
-          <x:t>08/16/2022</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C9" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="D9" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E9" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F9" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H9" t="inlineStr">
         <x:is>
-          <x:t>21.2</x:t>
+          <x:t>4.09</x:t>
         </x:is>
       </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>4.09</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/16/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
-          <x:t>08/16/2022</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E10" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F10" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H10" t="inlineStr">
         <x:is>
-          <x:t>21.1</x:t>
+          <x:t>2.29</x:t>
         </x:is>
       </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>2.29</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/13/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
-          <x:t>09/13/2022</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C11" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D11" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E11" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F11" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H11" t="inlineStr">
         <x:is>
-          <x:t>20.7</x:t>
+          <x:t>7.78</x:t>
         </x:is>
       </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>7.78</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/13/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
-          <x:t>09/13/2022</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C12" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D12" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E12" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F12" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G12" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H12" t="inlineStr">
         <x:is>
-          <x:t>20.4</x:t>
+          <x:t>7.84</x:t>
         </x:is>
       </x:c>
       <x:c r="I12" t="inlineStr">
         <x:is>
-          <x:t>7.84</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J12" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/13/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
-          <x:t>09/13/2022</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C13" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D13" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E13" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F13" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G13" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>19.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H13" t="inlineStr">
         <x:is>
-          <x:t>19.6</x:t>
+          <x:t>7.43</x:t>
         </x:is>
       </x:c>
       <x:c r="I13" t="inlineStr">
         <x:is>
-          <x:t>7.43</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/13/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B14" t="inlineStr">
         <x:is>
-          <x:t>09/13/2022</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C14" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D14" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E14" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F14" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G14" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>19.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H14" t="inlineStr">
         <x:is>
-          <x:t>19.5</x:t>
+          <x:t>6.96</x:t>
         </x:is>
       </x:c>
       <x:c r="I14" t="inlineStr">
         <x:is>
-          <x:t>6.96</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J14" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/13/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B15" t="inlineStr">
         <x:is>
-          <x:t>09/13/2022</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C15" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D15" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E15" t="inlineStr">
         <x:is>
-          <x:t>2022</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F15" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G15" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>19.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H15" t="inlineStr">
         <x:is>
-          <x:t>19.5</x:t>
+          <x:t>6.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I15" t="inlineStr">
         <x:is>
-          <x:t>6.9</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J15" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/17/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
-          <x:t>07/17/2023</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C16" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D16" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E16" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F16" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G16" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>22.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H16" t="inlineStr">
         <x:is>
-          <x:t>22.3</x:t>
+          <x:t>9.58</x:t>
         </x:is>
       </x:c>
       <x:c r="I16" t="inlineStr">
         <x:is>
-          <x:t>9.58</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J16" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/17/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B17" t="inlineStr">
         <x:is>
-          <x:t>07/17/2023</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C17" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D17" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E17" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F17" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G17" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>22.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H17" t="inlineStr">
         <x:is>
-          <x:t>22.3</x:t>
+          <x:t>9.62</x:t>
         </x:is>
       </x:c>
       <x:c r="I17" t="inlineStr">
         <x:is>
-          <x:t>9.62</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J17" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/17/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B18" t="inlineStr">
         <x:is>
-          <x:t>07/17/2023</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C18" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D18" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E18" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F18" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G18" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H18" t="inlineStr">
         <x:is>
-          <x:t>21.6</x:t>
+          <x:t>3.36</x:t>
         </x:is>
       </x:c>
       <x:c r="I18" t="inlineStr">
         <x:is>
-          <x:t>3.36</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J18" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07/17/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B19" t="inlineStr">
         <x:is>
-          <x:t>07/17/2023</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C19" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D19" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E19" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F19" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G19" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H19" t="inlineStr">
         <x:is>
-          <x:t>20.2</x:t>
+          <x:t>.22</x:t>
         </x:is>
       </x:c>
       <x:c r="I19" t="inlineStr">
         <x:is>
-          <x:t>.22</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J19" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/09/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B20" t="inlineStr">
         <x:is>
-          <x:t>08/09/2023</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C20" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D20" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E20" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F20" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G20" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="H20" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t>9.26</x:t>
         </x:is>
       </x:c>
       <x:c r="I20" t="inlineStr">
         <x:is>
-          <x:t>9.26</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J20" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/09/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B21" t="inlineStr">
         <x:is>
-          <x:t>08/09/2023</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C21" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D21" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E21" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F21" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G21" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>24.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H21" t="inlineStr">
         <x:is>
-          <x:t>24.8</x:t>
+          <x:t>9.03</x:t>
         </x:is>
       </x:c>
       <x:c r="I21" t="inlineStr">
         <x:is>
-          <x:t>9.03</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J21" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/09/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B22" t="inlineStr">
         <x:is>
-          <x:t>08/09/2023</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C22" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D22" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E22" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F22" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G22" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>23.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H22" t="inlineStr">
         <x:is>
-          <x:t>23.8</x:t>
+          <x:t>2.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I22" t="inlineStr">
         <x:is>
-          <x:t>2.7</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J22" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>08/09/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B23" t="inlineStr">
         <x:is>
-          <x:t>08/09/2023</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C23" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="D23" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E23" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F23" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G23" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>21.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H23" t="inlineStr">
         <x:is>
-          <x:t>21.1</x:t>
+          <x:t>.26</x:t>
         </x:is>
       </x:c>
       <x:c r="I23" t="inlineStr">
         <x:is>
-          <x:t>.26</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J23" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/11/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B24" t="inlineStr">
         <x:is>
-          <x:t>09/11/2023</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C24" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D24" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E24" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F24" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G24" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H24" t="inlineStr">
         <x:is>
-          <x:t>20.8</x:t>
+          <x:t>9.19</x:t>
         </x:is>
       </x:c>
       <x:c r="I24" t="inlineStr">
         <x:is>
-          <x:t>9.19</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J24" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/11/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B25" t="inlineStr">
         <x:is>
-          <x:t>09/11/2023</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C25" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D25" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E25" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F25" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G25" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H25" t="inlineStr">
         <x:is>
-          <x:t>20.7</x:t>
+          <x:t>9.19</x:t>
         </x:is>
       </x:c>
       <x:c r="I25" t="inlineStr">
         <x:is>
-          <x:t>9.19</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J25" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/11/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B26" t="inlineStr">
         <x:is>
-          <x:t>09/11/2023</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C26" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D26" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E26" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F26" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G26" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="H26" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>6.96</x:t>
         </x:is>
       </x:c>
       <x:c r="I26" t="inlineStr">
         <x:is>
-          <x:t>6.96</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J26" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>09/11/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B27" t="inlineStr">
         <x:is>
-          <x:t>09/11/2023</x:t>
+          <x:t>09</x:t>
         </x:is>
       </x:c>
       <x:c r="C27" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D27" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E27" t="inlineStr">
         <x:is>
-          <x:t>2023</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F27" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G27" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>19.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H27" t="inlineStr">
         <x:is>
-          <x:t>19.6</x:t>
+          <x:t>3.81</x:t>
         </x:is>
       </x:c>
       <x:c r="I27" t="inlineStr">
         <x:is>
-          <x:t>3.81</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J27" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>