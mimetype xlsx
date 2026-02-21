--- v1 (2025-12-25)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb51c20095ee3423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019038f403814865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5e0babd5d0784347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3b6ec70ab1b7464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5e0babd5d0784347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b6ec70ab1b7464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>