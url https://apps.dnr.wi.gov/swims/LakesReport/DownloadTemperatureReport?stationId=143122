--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84e58d080b841e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e453fdecddd47d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd9e34de08e8142a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R791acd703f3946d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd9e34de08e8142a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R791acd703f3946d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -13994,493 +13994,1741 @@
       </x:c>
       <x:c r="G269" t="inlineStr">
         <x:is>
           <x:t>78.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H269" t="inlineStr">
         <x:is>
           <x:t>8.54</x:t>
         </x:is>
       </x:c>
       <x:c r="I269" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J269" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B270" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C270" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D270" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E270" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F270" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G270" t="inlineStr">
         <x:is>
-          <x:t>80.4</x:t>
+          <x:t>17.16</x:t>
         </x:is>
       </x:c>
       <x:c r="H270" t="inlineStr">
         <x:is>
-          <x:t>7.68</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I270" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J270" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B271" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C271" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D271" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E271" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F271" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G271" t="inlineStr">
         <x:is>
-          <x:t>80.7</x:t>
+          <x:t>17.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H271" t="inlineStr">
         <x:is>
-          <x:t>6.91</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I271" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J271" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B272" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C272" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D272" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E272" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F272" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G272" t="inlineStr">
         <x:is>
-          <x:t>80.4</x:t>
+          <x:t>17.18</x:t>
         </x:is>
       </x:c>
       <x:c r="H272" t="inlineStr">
         <x:is>
-          <x:t>5.13</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I272" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J272" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" t="inlineStr">
         <x:is>
-          <x:t>07/29/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B273" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C273" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D273" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E273" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F273" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G273" t="inlineStr">
         <x:is>
-          <x:t>84.5</x:t>
+          <x:t>17.15</x:t>
         </x:is>
       </x:c>
       <x:c r="H273" t="inlineStr">
         <x:is>
-          <x:t>7.22</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I273" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J273" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" t="inlineStr">
         <x:is>
-          <x:t>07/29/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B274" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C274" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D274" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E274" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F274" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G274" t="inlineStr">
         <x:is>
-          <x:t>83.1</x:t>
+          <x:t>17.14</x:t>
         </x:is>
       </x:c>
       <x:c r="H274" t="inlineStr">
         <x:is>
-          <x:t>7.14</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I274" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J274" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" t="inlineStr">
         <x:is>
-          <x:t>07/29/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B275" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C275" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D275" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E275" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F275" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G275" t="inlineStr">
         <x:is>
-          <x:t>82.2</x:t>
+          <x:t>26.73</x:t>
         </x:is>
       </x:c>
       <x:c r="H275" t="inlineStr">
         <x:is>
-          <x:t>6.6</x:t>
+          <x:t>4.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I275" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J275" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B276" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C276" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D276" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E276" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F276" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G276" t="inlineStr">
         <x:is>
-          <x:t>70</x:t>
+          <x:t>27.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H276" t="inlineStr">
         <x:is>
-          <x:t>8.45</x:t>
+          <x:t>4.67</x:t>
         </x:is>
       </x:c>
       <x:c r="I276" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J276" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B277" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C277" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D277" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E277" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F277" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G277" t="inlineStr">
         <x:is>
-          <x:t>69.8</x:t>
+          <x:t>26.75</x:t>
         </x:is>
       </x:c>
       <x:c r="H277" t="inlineStr">
         <x:is>
-          <x:t>8.56</x:t>
+          <x:t>4.64</x:t>
         </x:is>
       </x:c>
       <x:c r="I277" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J277" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" t="inlineStr">
         <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B278" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C278" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D278" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E278" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F278" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G278" t="inlineStr">
+        <x:is>
+          <x:t>26.71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H278" t="inlineStr">
+        <x:is>
+          <x:t>4.68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I278" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J278" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="279">
+      <x:c r="A279" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B279" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C279" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D279" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E279" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F279" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G279" t="inlineStr">
+        <x:is>
+          <x:t>80.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H279" t="inlineStr">
+        <x:is>
+          <x:t>7.68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I279" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J279" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="280">
+      <x:c r="A280" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B280" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C280" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D280" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E280" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F280" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G280" t="inlineStr">
+        <x:is>
+          <x:t>80.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H280" t="inlineStr">
+        <x:is>
+          <x:t>6.91</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I280" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J280" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="281">
+      <x:c r="A281" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B281" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C281" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D281" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E281" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F281" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G281" t="inlineStr">
+        <x:is>
+          <x:t>80.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H281" t="inlineStr">
+        <x:is>
+          <x:t>5.13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I281" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J281" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="282">
+      <x:c r="A282" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B282" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C282" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D282" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E282" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F282" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G282" t="inlineStr">
+        <x:is>
+          <x:t>23.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H282" t="inlineStr">
+        <x:is>
+          <x:t>4.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I282" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J282" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="283">
+      <x:c r="A283" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B283" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C283" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D283" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E283" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F283" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G283" t="inlineStr">
+        <x:is>
+          <x:t>23.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H283" t="inlineStr">
+        <x:is>
+          <x:t>4.26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I283" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J283" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="284">
+      <x:c r="A284" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B284" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C284" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D284" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E284" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F284" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G284" t="inlineStr">
+        <x:is>
+          <x:t>23.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H284" t="inlineStr">
+        <x:is>
+          <x:t>4.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I284" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J284" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="285">
+      <x:c r="A285" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B285" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C285" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D285" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E285" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F285" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G285" t="inlineStr">
+        <x:is>
+          <x:t>23.91</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H285" t="inlineStr">
+        <x:is>
+          <x:t>4.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I285" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J285" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="286">
+      <x:c r="A286" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B286" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C286" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D286" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E286" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F286" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G286" t="inlineStr">
+        <x:is>
+          <x:t>23.88</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H286" t="inlineStr">
+        <x:is>
+          <x:t>4.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I286" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J286" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="287">
+      <x:c r="A287" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B287" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C287" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D287" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E287" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F287" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G287" t="inlineStr">
+        <x:is>
+          <x:t>84.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H287" t="inlineStr">
+        <x:is>
+          <x:t>7.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I287" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J287" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="288">
+      <x:c r="A288" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B288" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C288" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D288" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E288" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F288" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G288" t="inlineStr">
+        <x:is>
+          <x:t>83.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H288" t="inlineStr">
+        <x:is>
+          <x:t>7.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I288" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J288" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="289">
+      <x:c r="A289" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B289" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C289" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D289" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E289" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F289" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G289" t="inlineStr">
+        <x:is>
+          <x:t>82.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H289" t="inlineStr">
+        <x:is>
+          <x:t>6.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I289" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J289" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="290">
+      <x:c r="A290" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B290" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C290" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D290" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E290" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F290" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G290" t="inlineStr">
+        <x:is>
+          <x:t>23.99</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H290" t="inlineStr">
+        <x:is>
+          <x:t>6.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I290" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J290" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="291">
+      <x:c r="A291" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B291" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C291" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D291" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E291" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F291" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G291" t="inlineStr">
+        <x:is>
+          <x:t>23.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H291" t="inlineStr">
+        <x:is>
+          <x:t>6.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I291" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J291" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="292">
+      <x:c r="A292" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B292" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C292" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D292" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E292" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F292" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G292" t="inlineStr">
+        <x:is>
+          <x:t>23.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H292" t="inlineStr">
+        <x:is>
+          <x:t>6.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I292" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J292" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="293">
+      <x:c r="A293" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B293" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C293" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D293" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E293" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F293" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G293" t="inlineStr">
+        <x:is>
+          <x:t>23.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H293" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I293" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J293" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="294">
+      <x:c r="A294" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B294" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C294" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D294" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E294" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F294" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G294" t="inlineStr">
+        <x:is>
+          <x:t>23.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H294" t="inlineStr">
+        <x:is>
+          <x:t>5.58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I294" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J294" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="295">
+      <x:c r="A295" t="inlineStr">
+        <x:is>
           <x:t>08/27/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="B278" t="inlineStr">
+      <x:c r="B295" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C278" t="inlineStr">
+      <x:c r="C295" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="D278" t="inlineStr">
+      <x:c r="D295" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="E278" t="inlineStr">
+      <x:c r="E295" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F295" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G295" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H295" t="inlineStr">
+        <x:is>
+          <x:t>8.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I295" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J295" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="296">
+      <x:c r="A296" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B296" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C296" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D296" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E296" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F296" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G296" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H296" t="inlineStr">
+        <x:is>
+          <x:t>8.56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I296" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J296" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="297">
+      <x:c r="A297" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B297" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C297" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D297" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E297" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="F278" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G278" t="inlineStr">
+      <x:c r="F297" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G297" t="inlineStr">
         <x:is>
           <x:t>69.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="H278" t="inlineStr">
+      <x:c r="H297" t="inlineStr">
         <x:is>
           <x:t>8.54</x:t>
         </x:is>
       </x:c>
-      <x:c r="I278" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="J278" t="inlineStr">
+      <x:c r="I297" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J297" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="298">
+      <x:c r="A298" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B298" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C298" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D298" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E298" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F298" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G298" t="inlineStr">
+        <x:is>
+          <x:t>20.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H298" t="inlineStr">
+        <x:is>
+          <x:t>7.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I298" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J298" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="299">
+      <x:c r="A299" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B299" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C299" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D299" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E299" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F299" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G299" t="inlineStr">
+        <x:is>
+          <x:t>20.89</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H299" t="inlineStr">
+        <x:is>
+          <x:t>7.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I299" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J299" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="300">
+      <x:c r="A300" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B300" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C300" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D300" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E300" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F300" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G300" t="inlineStr">
+        <x:is>
+          <x:t>20.67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H300" t="inlineStr">
+        <x:is>
+          <x:t>7.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I300" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J300" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="301">
+      <x:c r="A301" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B301" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C301" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D301" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E301" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F301" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G301" t="inlineStr">
+        <x:is>
+          <x:t>20.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H301" t="inlineStr">
+        <x:is>
+          <x:t>6.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I301" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J301" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="302">
+      <x:c r="A302" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B302" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C302" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D302" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E302" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F302" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G302" t="inlineStr">
+        <x:is>
+          <x:t>20.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H302" t="inlineStr">
+        <x:is>
+          <x:t>6.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I302" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J302" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>