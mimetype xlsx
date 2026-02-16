--- v1 (2025-12-25)
+++ v2 (2026-02-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e453fdecddd47d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea875bb37800410f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R791acd703f3946d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R88958dfd9eb54dfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R791acd703f3946d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88958dfd9eb54dfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>