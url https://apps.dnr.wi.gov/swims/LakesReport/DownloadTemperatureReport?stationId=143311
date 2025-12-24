--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ec7ebc00654878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5d5ea30622a42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R400415af484e4bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2cfc4bcfac4b4b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R400415af484e4bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cfc4bcfac4b4b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -11498,493 +11498,1481 @@
       </x:c>
       <x:c r="G221" t="inlineStr">
         <x:is>
           <x:t>78.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H221" t="inlineStr">
         <x:is>
           <x:t>6.87</x:t>
         </x:is>
       </x:c>
       <x:c r="I221" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J221" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B222" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C222" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D222" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E222" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F222" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G222" t="inlineStr">
         <x:is>
-          <x:t>81.6</x:t>
+          <x:t>17.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H222" t="inlineStr">
         <x:is>
-          <x:t>11.82</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I222" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J222" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B223" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C223" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D223" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E223" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F223" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G223" t="inlineStr">
         <x:is>
-          <x:t>81.8</x:t>
+          <x:t>17.88</x:t>
         </x:is>
       </x:c>
       <x:c r="H223" t="inlineStr">
         <x:is>
-          <x:t>9.56</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I223" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J223" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" t="inlineStr">
         <x:is>
-          <x:t>06/30/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B224" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C224" t="inlineStr">
         <x:is>
-          <x:t>30</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D224" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E224" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F224" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G224" t="inlineStr">
         <x:is>
-          <x:t>80.6</x:t>
+          <x:t>17.39</x:t>
         </x:is>
       </x:c>
       <x:c r="H224" t="inlineStr">
         <x:is>
-          <x:t>4.83</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I224" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J224" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" t="inlineStr">
         <x:is>
-          <x:t>07/29/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B225" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C225" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D225" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E225" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F225" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G225" t="inlineStr">
         <x:is>
-          <x:t>84.2</x:t>
+          <x:t>16.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H225" t="inlineStr">
         <x:is>
-          <x:t>9.08</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I225" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J225" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" t="inlineStr">
         <x:is>
-          <x:t>07/29/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B226" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C226" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D226" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E226" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F226" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G226" t="inlineStr">
         <x:is>
-          <x:t>83.3</x:t>
+          <x:t>27.35</x:t>
         </x:is>
       </x:c>
       <x:c r="H226" t="inlineStr">
         <x:is>
-          <x:t>8.29</x:t>
+          <x:t>6.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I226" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J226" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" t="inlineStr">
         <x:is>
-          <x:t>07/29/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B227" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C227" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D227" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E227" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F227" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G227" t="inlineStr">
         <x:is>
-          <x:t>82.2</x:t>
+          <x:t>27.34</x:t>
         </x:is>
       </x:c>
       <x:c r="H227" t="inlineStr">
         <x:is>
-          <x:t>5.85</x:t>
+          <x:t>6.36</x:t>
         </x:is>
       </x:c>
       <x:c r="I227" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J227" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B228" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C228" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D228" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E228" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F228" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G228" t="inlineStr">
         <x:is>
-          <x:t>71.6</x:t>
+          <x:t>27.33</x:t>
         </x:is>
       </x:c>
       <x:c r="H228" t="inlineStr">
         <x:is>
-          <x:t>7.74</x:t>
+          <x:t>6.24</x:t>
         </x:is>
       </x:c>
       <x:c r="I228" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J228" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B229" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C229" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D229" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E229" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F229" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G229" t="inlineStr">
         <x:is>
-          <x:t>70.7</x:t>
+          <x:t>27.32</x:t>
         </x:is>
       </x:c>
       <x:c r="H229" t="inlineStr">
         <x:is>
-          <x:t>7.64</x:t>
+          <x:t>6.22</x:t>
         </x:is>
       </x:c>
       <x:c r="I229" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J229" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" t="inlineStr">
         <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C230" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D230" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E230" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t>81.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t>11.82</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J230" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c r="A231" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B231" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C231" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D231" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E231" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G231" t="inlineStr">
+        <x:is>
+          <x:t>81.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H231" t="inlineStr">
+        <x:is>
+          <x:t>9.56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I231" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J231" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="232">
+      <x:c r="A232" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B232" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C232" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D232" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E232" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F232" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G232" t="inlineStr">
+        <x:is>
+          <x:t>80.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H232" t="inlineStr">
+        <x:is>
+          <x:t>4.83</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I232" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J232" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="233">
+      <x:c r="A233" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B233" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C233" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D233" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E233" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F233" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G233" t="inlineStr">
+        <x:is>
+          <x:t>27.35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H233" t="inlineStr">
+        <x:is>
+          <x:t>6.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I233" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J233" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="234">
+      <x:c r="A234" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B234" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C234" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D234" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E234" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G234" t="inlineStr">
+        <x:is>
+          <x:t>27.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H234" t="inlineStr">
+        <x:is>
+          <x:t>6.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I234" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J234" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t>27.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t>6.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>27.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>6.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B237" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C237" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D237" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E237" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G237" t="inlineStr">
+        <x:is>
+          <x:t>84.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H237" t="inlineStr">
+        <x:is>
+          <x:t>9.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I237" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J237" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B238" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C238" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D238" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E238" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G238" t="inlineStr">
+        <x:is>
+          <x:t>83.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H238" t="inlineStr">
+        <x:is>
+          <x:t>8.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I238" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J238" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="239">
+      <x:c r="A239" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B239" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C239" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D239" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E239" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G239" t="inlineStr">
+        <x:is>
+          <x:t>82.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H239" t="inlineStr">
+        <x:is>
+          <x:t>5.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I239" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J239" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c r="A240" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B240" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C240" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D240" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E240" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G240" t="inlineStr">
+        <x:is>
+          <x:t>24.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H240" t="inlineStr">
+        <x:is>
+          <x:t>7.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I240" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J240" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c r="A241" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B241" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C241" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D241" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E241" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G241" t="inlineStr">
+        <x:is>
+          <x:t>23.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H241" t="inlineStr">
+        <x:is>
+          <x:t>6.73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I241" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J241" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c r="A242" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B242" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C242" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D242" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E242" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G242" t="inlineStr">
+        <x:is>
+          <x:t>23.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H242" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I242" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J242" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c r="A243" t="inlineStr">
+        <x:is>
           <x:t>08/27/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="B230" t="inlineStr">
+      <x:c r="B243" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="C230" t="inlineStr">
+      <x:c r="C243" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="D230" t="inlineStr">
+      <x:c r="D243" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="E230" t="inlineStr">
+      <x:c r="E243" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G243" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H243" t="inlineStr">
+        <x:is>
+          <x:t>7.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I243" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J243" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t>7.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="F230" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G230" t="inlineStr">
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
         <x:is>
           <x:t>70.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="H230" t="inlineStr">
+      <x:c r="H245" t="inlineStr">
         <x:is>
           <x:t>6.28</x:t>
         </x:is>
       </x:c>
-      <x:c r="I230" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="J230" t="inlineStr">
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B246" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C246" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D246" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E246" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G246" t="inlineStr">
+        <x:is>
+          <x:t>20.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H246" t="inlineStr">
+        <x:is>
+          <x:t>7.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I246" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J246" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c r="A247" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B247" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C247" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D247" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E247" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G247" t="inlineStr">
+        <x:is>
+          <x:t>20.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H247" t="inlineStr">
+        <x:is>
+          <x:t>7.55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I247" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J247" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="248">
+      <x:c r="A248" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B248" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C248" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D248" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E248" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G248" t="inlineStr">
+        <x:is>
+          <x:t>20.73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H248" t="inlineStr">
+        <x:is>
+          <x:t>7.47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I248" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J248" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c r="A249" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B249" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C249" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D249" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E249" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G249" t="inlineStr">
+        <x:is>
+          <x:t>20.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H249" t="inlineStr">
+        <x:is>
+          <x:t>6.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I249" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J249" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>