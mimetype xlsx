--- v1 (2025-12-24)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5d5ea30622a42af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1da08b89944bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2cfc4bcfac4b4b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ref46808a8804450a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2cfc4bcfac4b4b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref46808a8804450a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>