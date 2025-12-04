--- v0 (2025-10-08)
+++ v1 (2025-12-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R574c569a8cdc473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06897c00916440cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra958c161589e4167"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4986d92144764ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra958c161589e4167" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4986d92144764ae5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -46075,28 +46075,1796 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G886" t="inlineStr">
         <x:is>
           <x:t>51.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H886" t="inlineStr">
         <x:is>
           <x:t>5.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I886" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J886" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="887">
+      <x:c r="A887" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B887" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C887" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D887" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E887" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F887" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G887" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H887" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I887" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J887" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="888">
+      <x:c r="A888" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B888" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C888" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D888" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E888" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F888" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G888" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H888" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I888" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J888" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="889">
+      <x:c r="A889" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B889" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C889" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D889" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E889" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F889" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G889" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H889" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I889" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J889" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="890">
+      <x:c r="A890" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B890" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C890" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D890" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E890" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F890" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G890" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H890" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I890" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J890" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="891">
+      <x:c r="A891" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B891" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C891" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D891" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E891" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F891" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G891" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H891" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I891" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J891" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="892">
+      <x:c r="A892" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B892" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C892" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D892" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E892" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F892" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G892" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H892" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I892" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J892" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="893">
+      <x:c r="A893" t="inlineStr">
+        <x:is>
+          <x:t>04/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B893" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C893" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D893" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E893" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F893" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G893" t="inlineStr">
+        <x:is>
+          <x:t>40.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H893" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I893" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J893" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="894">
+      <x:c r="A894" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B894" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C894" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D894" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E894" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F894" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G894" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H894" t="inlineStr">
+        <x:is>
+          <x:t>7.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I894" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J894" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="895">
+      <x:c r="A895" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B895" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C895" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D895" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E895" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F895" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G895" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H895" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I895" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J895" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="896">
+      <x:c r="A896" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B896" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C896" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D896" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E896" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F896" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G896" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H896" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I896" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J896" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="897">
+      <x:c r="A897" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B897" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C897" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D897" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E897" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F897" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G897" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H897" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I897" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J897" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="898">
+      <x:c r="A898" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B898" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C898" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D898" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E898" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F898" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G898" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H898" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I898" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J898" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="899">
+      <x:c r="A899" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B899" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C899" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D899" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E899" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F899" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G899" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H899" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I899" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J899" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="900">
+      <x:c r="A900" t="inlineStr">
+        <x:is>
+          <x:t>06/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B900" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C900" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D900" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E900" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F900" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G900" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H900" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I900" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J900" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="901">
+      <x:c r="A901" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B901" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C901" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D901" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E901" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F901" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G901" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H901" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I901" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J901" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="902">
+      <x:c r="A902" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B902" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C902" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D902" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E902" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F902" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G902" t="inlineStr">
+        <x:is>
+          <x:t>77.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H902" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I902" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J902" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="903">
+      <x:c r="A903" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B903" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C903" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D903" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E903" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F903" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G903" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H903" t="inlineStr">
+        <x:is>
+          <x:t>8.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I903" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J903" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="904">
+      <x:c r="A904" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B904" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C904" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D904" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E904" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G904" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I904" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="905">
+      <x:c r="A905" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B905" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C905" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D905" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E905" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F905" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G905" t="inlineStr">
+        <x:is>
+          <x:t>71.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H905" t="inlineStr">
+        <x:is>
+          <x:t>4.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I905" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J905" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="906">
+      <x:c r="A906" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B906" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C906" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D906" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E906" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F906" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G906" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H906" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I906" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J906" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="907">
+      <x:c r="A907" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B907" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C907" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D907" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E907" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F907" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G907" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H907" t="inlineStr">
+        <x:is>
+          <x:t>3.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I907" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J907" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="908">
+      <x:c r="A908" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B908" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C908" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D908" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E908" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G908" t="inlineStr">
+        <x:is>
+          <x:t>25.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I908" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="909">
+      <x:c r="A909" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B909" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C909" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D909" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E909" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G909" t="inlineStr">
+        <x:is>
+          <x:t>25.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I909" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="910">
+      <x:c r="A910" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B910" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C910" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D910" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E910" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G910" t="inlineStr">
+        <x:is>
+          <x:t>24.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I910" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="911">
+      <x:c r="A911" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B911" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C911" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D911" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E911" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G911" t="inlineStr">
+        <x:is>
+          <x:t>24.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I911" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="912">
+      <x:c r="A912" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B912" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C912" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D912" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E912" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G912" t="inlineStr">
+        <x:is>
+          <x:t>24.59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I912" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="913">
+      <x:c r="A913" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B913" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C913" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D913" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E913" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G913" t="inlineStr">
+        <x:is>
+          <x:t>24.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I913" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="914">
+      <x:c r="A914" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B914" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C914" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D914" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E914" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F914" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G914" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H914" t="inlineStr">
+        <x:is>
+          <x:t>6.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I914" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J914" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="915">
+      <x:c r="A915" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B915" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C915" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D915" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E915" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F915" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G915" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H915" t="inlineStr">
+        <x:is>
+          <x:t>6.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I915" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J915" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="916">
+      <x:c r="A916" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B916" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C916" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D916" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E916" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F916" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G916" t="inlineStr">
+        <x:is>
+          <x:t>78.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H916" t="inlineStr">
+        <x:is>
+          <x:t>7.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I916" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J916" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="917">
+      <x:c r="A917" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B917" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C917" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D917" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E917" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G917" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I917" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="918">
+      <x:c r="A918" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B918" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C918" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D918" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E918" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F918" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G918" t="inlineStr">
+        <x:is>
+          <x:t>78.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H918" t="inlineStr">
+        <x:is>
+          <x:t>7.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I918" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J918" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="919">
+      <x:c r="A919" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B919" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C919" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D919" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E919" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F919" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G919" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H919" t="inlineStr">
+        <x:is>
+          <x:t>6.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I919" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J919" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="920">
+      <x:c r="A920" t="inlineStr">
+        <x:is>
+          <x:t>08/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B920" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C920" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D920" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E920" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F920" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G920" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H920" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I920" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J920" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>