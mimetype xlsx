--- v1 (2025-12-04)
+++ v2 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06897c00916440cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ef7e5bd0ad4723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4986d92144764ae5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbf2508f0433c4540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4986d92144764ae5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbf2508f0433c4540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>