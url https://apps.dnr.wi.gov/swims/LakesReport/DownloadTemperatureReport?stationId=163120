--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a3568a977943cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2c44482018447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Reb96ec8421dc40b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6cf3ae3f3e264ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reb96ec8421dc40b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cf3ae3f3e264ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>