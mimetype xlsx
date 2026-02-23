--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2c44482018447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876e91e23eba496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6cf3ae3f3e264ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2326cef7298443cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cf3ae3f3e264ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2326cef7298443cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -28291,28 +28291,1432 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G544" t="inlineStr">
         <x:is>
           <x:t>18.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H544" t="inlineStr">
         <x:is>
           <x:t>.79</x:t>
         </x:is>
       </x:c>
       <x:c r="I544" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J544" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="545">
+      <x:c r="A545" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B545" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C545" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D545" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E545" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F545" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G545" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H545" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I545" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J545" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="546">
+      <x:c r="A546" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B546" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C546" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D546" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E546" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F546" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G546" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H546" t="inlineStr">
+        <x:is>
+          <x:t>7.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I546" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J546" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="547">
+      <x:c r="A547" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B547" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C547" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D547" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E547" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F547" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G547" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H547" t="inlineStr">
+        <x:is>
+          <x:t>7.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I547" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J547" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="548">
+      <x:c r="A548" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B548" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C548" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D548" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E548" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F548" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G548" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H548" t="inlineStr">
+        <x:is>
+          <x:t>7.62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I548" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J548" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="549">
+      <x:c r="A549" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B549" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C549" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D549" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E549" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F549" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G549" t="inlineStr">
+        <x:is>
+          <x:t>21.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H549" t="inlineStr">
+        <x:is>
+          <x:t>6.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I549" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J549" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="550">
+      <x:c r="A550" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B550" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C550" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D550" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E550" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F550" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G550" t="inlineStr">
+        <x:is>
+          <x:t>20.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H550" t="inlineStr">
+        <x:is>
+          <x:t>4.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I550" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J550" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="551">
+      <x:c r="A551" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B551" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C551" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D551" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E551" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F551" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G551" t="inlineStr">
+        <x:is>
+          <x:t>18.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H551" t="inlineStr">
+        <x:is>
+          <x:t>2.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I551" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J551" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="552">
+      <x:c r="A552" t="inlineStr">
+        <x:is>
+          <x:t>07/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B552" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C552" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D552" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E552" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F552" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G552" t="inlineStr">
+        <x:is>
+          <x:t>16.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H552" t="inlineStr">
+        <x:is>
+          <x:t>.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I552" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J552" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="553">
+      <x:c r="A553" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B553" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C553" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D553" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E553" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F553" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G553" t="inlineStr">
+        <x:is>
+          <x:t>24.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H553" t="inlineStr">
+        <x:is>
+          <x:t>7.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I553" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J553" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="554">
+      <x:c r="A554" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B554" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C554" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D554" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E554" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F554" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G554" t="inlineStr">
+        <x:is>
+          <x:t>24.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H554" t="inlineStr">
+        <x:is>
+          <x:t>7.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I554" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J554" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="555">
+      <x:c r="A555" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B555" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C555" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D555" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E555" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F555" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G555" t="inlineStr">
+        <x:is>
+          <x:t>24.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H555" t="inlineStr">
+        <x:is>
+          <x:t>7.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I555" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J555" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="556">
+      <x:c r="A556" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B556" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C556" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D556" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E556" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F556" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G556" t="inlineStr">
+        <x:is>
+          <x:t>24.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H556" t="inlineStr">
+        <x:is>
+          <x:t>7.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I556" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J556" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="557">
+      <x:c r="A557" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B557" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C557" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D557" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E557" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F557" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G557" t="inlineStr">
+        <x:is>
+          <x:t>24.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H557" t="inlineStr">
+        <x:is>
+          <x:t>4.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I557" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J557" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="558">
+      <x:c r="A558" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B558" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C558" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D558" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E558" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F558" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G558" t="inlineStr">
+        <x:is>
+          <x:t>21.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H558" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I558" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J558" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="559">
+      <x:c r="A559" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B559" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C559" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D559" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E559" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F559" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G559" t="inlineStr">
+        <x:is>
+          <x:t>17.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H559" t="inlineStr">
+        <x:is>
+          <x:t>1.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I559" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J559" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="560">
+      <x:c r="A560" t="inlineStr">
+        <x:is>
+          <x:t>08/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B560" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C560" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D560" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E560" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F560" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G560" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H560" t="inlineStr">
+        <x:is>
+          <x:t>.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I560" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J560" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="561">
+      <x:c r="A561" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B561" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C561" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D561" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E561" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G561" t="inlineStr">
+        <x:is>
+          <x:t>16.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I561" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="562">
+      <x:c r="A562" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B562" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C562" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D562" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E562" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G562" t="inlineStr">
+        <x:is>
+          <x:t>16.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I562" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="563">
+      <x:c r="A563" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B563" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C563" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D563" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E563" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G563" t="inlineStr">
+        <x:is>
+          <x:t>16.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I563" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="564">
+      <x:c r="A564" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B564" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C564" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D564" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E564" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G564" t="inlineStr">
+        <x:is>
+          <x:t>16.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I564" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="565">
+      <x:c r="A565" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B565" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C565" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D565" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E565" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G565" t="inlineStr">
+        <x:is>
+          <x:t>16.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I565" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="566">
+      <x:c r="A566" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B566" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C566" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D566" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E566" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G566" t="inlineStr">
+        <x:is>
+          <x:t>16.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I566" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="567">
+      <x:c r="A567" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B567" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C567" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D567" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E567" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G567" t="inlineStr">
+        <x:is>
+          <x:t>16.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I567" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="568">
+      <x:c r="A568" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B568" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C568" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D568" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E568" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G568" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I568" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="569">
+      <x:c r="A569" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B569" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C569" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D569" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E569" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G569" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I569" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="570">
+      <x:c r="A570" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B570" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C570" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D570" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E570" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G570" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I570" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="571">
+      <x:c r="A571" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B571" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C571" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D571" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E571" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G571" t="inlineStr">
+        <x:is>
+          <x:t>15.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I571" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>