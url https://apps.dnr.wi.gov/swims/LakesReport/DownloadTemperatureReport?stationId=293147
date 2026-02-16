--- v0 (2025-12-29)
+++ v1 (2026-02-16)
@@ -1,186 +1,186 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3847a3bf6dd04c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea049cb929ab4470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8e7602aada004daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R04644782178d4ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8e7602aada004daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04644782178d4ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
-          <x:t>Startday</x:t>
+          <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
-          <x:t>Startyear</x:t>
+          <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
-          <x:t>Result Depth Amt</x:t>
+          <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
-          <x:t>Result Depth Unit</x:t>
+          <x:t>Startyear</x:t>
         </x:is>
       </x:c>
       <x:c r="E1" t="inlineStr">
         <x:is>
-          <x:t>Temperature</x:t>
+          <x:t>Result Depth Amt</x:t>
         </x:is>
       </x:c>
       <x:c r="F1" t="inlineStr">
         <x:is>
-          <x:t>Dissox</x:t>
+          <x:t>Result Depth Unit</x:t>
         </x:is>
       </x:c>
       <x:c r="G1" t="inlineStr">
         <x:is>
-          <x:t>Temperature Units</x:t>
+          <x:t>Temperature</x:t>
         </x:is>
       </x:c>
       <x:c r="H1" t="inlineStr">
         <x:is>
-          <x:t>Dissox Units</x:t>
+          <x:t>Dissox</x:t>
         </x:is>
       </x:c>
       <x:c r="I1" t="inlineStr">
         <x:is>
-          <x:t>Startdate</x:t>
+          <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
       <x:c r="J1" t="inlineStr">
         <x:is>
-          <x:t>Startmonth</x:t>
+          <x:t>Dissox Units</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>06/03/1998</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
-          <x:t>1998</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C2" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1998</x:t>
         </x:is>
       </x:c>
       <x:c r="E2" t="inlineStr">
         <x:is>
-          <x:t>19.0</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F2" t="inlineStr">
         <x:is>
-          <x:t>7.0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G2" t="inlineStr">
         <x:is>
-          <x:t>C</x:t>
+          <x:t>19.0</x:t>
         </x:is>
       </x:c>
       <x:c r="H2" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>7.0</x:t>
         </x:is>
       </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>06/03/1998</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>06/17/1998</x:t>
         </x:is>
       </x:c>
       <x:c r="B3" t="inlineStr">
         <x:is>
-          <x:t>1998</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C3" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1998</x:t>
         </x:is>
       </x:c>
       <x:c r="E3" t="inlineStr">
         <x:is>
-          <x:t>21.5</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F3" t="inlineStr">
         <x:is>
-          <x:t>11.0</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="G3" t="inlineStr">
         <x:is>
-          <x:t>C</x:t>
+          <x:t>21.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H3" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>11.0</x:t>
         </x:is>
       </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>06/17/1998</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>