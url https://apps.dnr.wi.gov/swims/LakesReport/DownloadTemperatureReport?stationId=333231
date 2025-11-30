--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81436a6e94fb493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36082866bf448c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6cd6400896c94cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf4788218ba2842a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cd6400896c94cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4788218ba2842a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -33595,28 +33595,340 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G646" t="inlineStr">
         <x:is>
           <x:t>62.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H646" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I646" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J646" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="647">
+      <x:c r="A647" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B647" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C647" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D647" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E647" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G647" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I647" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="648">
+      <x:c r="A648" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B648" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C648" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D648" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E648" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G648" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I648" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="649">
+      <x:c r="A649" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B649" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C649" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D649" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E649" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G649" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I649" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="650">
+      <x:c r="A650" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B650" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C650" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D650" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E650" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G650" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I650" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="651">
+      <x:c r="A651" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B651" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C651" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D651" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E651" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G651" t="inlineStr">
+        <x:is>
+          <x:t>62.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I651" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="652">
+      <x:c r="A652" t="inlineStr">
+        <x:is>
+          <x:t>10/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B652" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C652" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D652" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E652" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F652" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G652" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H652" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I652" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J652" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>