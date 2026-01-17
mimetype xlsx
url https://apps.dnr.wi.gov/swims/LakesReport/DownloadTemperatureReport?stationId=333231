--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36082866bf448c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra887e69a6a0448a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf4788218ba2842a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6fc54800f64344b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4788218ba2842a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6fc54800f64344b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>