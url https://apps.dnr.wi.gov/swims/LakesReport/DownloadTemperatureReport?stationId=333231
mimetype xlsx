--- v2 (2026-01-17)
+++ v3 (2026-03-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra887e69a6a0448a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5d5344e1fd4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6fc54800f64344b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra906d854a66140bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6fc54800f64344b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra906d854a66140bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>