--- v0 (2025-10-23)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412b0adbef8d442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a27c79783a4dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R143b0d3962254bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rca344f2c7dc84cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R143b0d3962254bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca344f2c7dc84cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -21791,28 +21791,236 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G419" t="inlineStr">
         <x:is>
           <x:t>52.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H419" t="inlineStr">
         <x:is>
           <x:t>.08</x:t>
         </x:is>
       </x:c>
       <x:c r="I419" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J419" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="420">
+      <x:c r="A420" t="inlineStr">
+        <x:is>
+          <x:t>05/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B420" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C420" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D420" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E420" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F420" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G420" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H420" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I420" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J420" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="421">
+      <x:c r="A421" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B421" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C421" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D421" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E421" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F421" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G421" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H421" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I421" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J421" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="422">
+      <x:c r="A422" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B422" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C422" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D422" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E422" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F422" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G422" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H422" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I422" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J422" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="423">
+      <x:c r="A423" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B423" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C423" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D423" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E423" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F423" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G423" t="inlineStr">
+        <x:is>
+          <x:t>75.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H423" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I423" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J423" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>