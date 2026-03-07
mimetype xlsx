--- v1 (2026-01-10)
+++ v2 (2026-03-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a27c79783a4dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce49e9be5a5424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rca344f2c7dc84cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R21c1d6b51c1b42c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca344f2c7dc84cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21c1d6b51c1b42c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>