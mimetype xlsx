--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d6a87f3fd0f413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf49e5a13f04ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R026042b105564a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1a4baea8415249cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R026042b105564a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a4baea8415249cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -5723,28 +5723,184 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G110" t="inlineStr">
         <x:is>
           <x:t>70.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H110" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I110" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J110" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="111">
+      <x:c r="A111" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B111" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C111" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D111" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E111" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G111" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I111" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c r="A112" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B112" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C112" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D112" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E112" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G112" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I112" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B113" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C113" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D113" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E113" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G113" t="inlineStr">
+        <x:is>
+          <x:t>69.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I113" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>