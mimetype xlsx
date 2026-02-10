--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf49e5a13f04ee7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8c3597d06d47d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1a4baea8415249cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0372beb7700a4afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1a4baea8415249cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0372beb7700a4afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>