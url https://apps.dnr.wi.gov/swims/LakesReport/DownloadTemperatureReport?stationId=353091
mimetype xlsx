--- v2 (2026-02-10)
+++ v3 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8c3597d06d47d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94198c7f5e034996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0372beb7700a4afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R14b538913de84471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0372beb7700a4afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R14b538913de84471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>