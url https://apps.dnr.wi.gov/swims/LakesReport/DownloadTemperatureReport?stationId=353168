--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ef066158304b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re194149a22774f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc3043be93f3643e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R70733e6d55684583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc3043be93f3643e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70733e6d55684583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -19607,28 +19607,1432 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G377" t="inlineStr">
         <x:is>
           <x:t>54.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H377" t="inlineStr">
         <x:is>
           <x:t>7.58</x:t>
         </x:is>
       </x:c>
       <x:c r="I377" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J377" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="378">
+      <x:c r="A378" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B378" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C378" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D378" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E378" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F378" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G378" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H378" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I378" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J378" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="379">
+      <x:c r="A379" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B379" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C379" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D379" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E379" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F379" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G379" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H379" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I379" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J379" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="380">
+      <x:c r="A380" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B380" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C380" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D380" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E380" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G380" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I380" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="381">
+      <x:c r="A381" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B381" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C381" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D381" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E381" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G381" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I381" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c r="A382" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B382" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C382" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D382" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E382" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G382" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I382" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c r="A383" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B383" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C383" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D383" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E383" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G383" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I383" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c r="A384" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B384" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C384" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D384" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E384" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G384" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I384" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c r="A385" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B385" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C385" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D385" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E385" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G385" t="inlineStr">
+        <x:is>
+          <x:t>57.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I385" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c r="A386" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B386" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C386" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D386" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E386" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G386" t="inlineStr">
+        <x:is>
+          <x:t>54.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I386" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c r="A387" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B387" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C387" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D387" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E387" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G387" t="inlineStr">
+        <x:is>
+          <x:t>86.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I387" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c r="A388" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B388" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C388" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D388" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E388" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G388" t="inlineStr">
+        <x:is>
+          <x:t>86</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I388" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="389">
+      <x:c r="A389" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B389" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C389" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D389" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E389" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G389" t="inlineStr">
+        <x:is>
+          <x:t>84.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I389" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="390">
+      <x:c r="A390" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B390" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C390" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D390" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E390" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G390" t="inlineStr">
+        <x:is>
+          <x:t>83.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I390" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="391">
+      <x:c r="A391" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B391" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C391" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D391" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E391" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F391" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G391" t="inlineStr">
+        <x:is>
+          <x:t>82.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H391" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I391" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J391" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="392">
+      <x:c r="A392" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B392" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C392" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D392" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E392" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F392" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G392" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H392" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I392" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J392" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="393">
+      <x:c r="A393" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B393" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C393" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D393" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E393" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F393" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G393" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H393" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I393" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J393" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="394">
+      <x:c r="A394" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B394" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C394" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D394" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E394" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F394" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G394" t="inlineStr">
+        <x:is>
+          <x:t>65.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H394" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I394" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J394" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="395">
+      <x:c r="A395" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B395" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C395" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D395" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E395" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F395" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G395" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H395" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I395" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J395" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="396">
+      <x:c r="A396" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B396" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C396" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D396" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E396" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F396" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G396" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H396" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I396" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J396" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="397">
+      <x:c r="A397" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B397" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C397" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D397" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E397" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F397" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G397" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H397" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I397" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J397" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="398">
+      <x:c r="A398" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B398" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C398" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D398" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E398" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F398" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G398" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H398" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I398" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J398" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="399">
+      <x:c r="A399" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B399" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C399" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D399" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E399" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G399" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I399" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="400">
+      <x:c r="A400" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B400" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C400" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D400" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E400" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G400" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I400" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="401">
+      <x:c r="A401" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B401" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C401" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D401" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E401" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G401" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I401" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="402">
+      <x:c r="A402" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B402" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C402" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D402" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E402" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G402" t="inlineStr">
+        <x:is>
+          <x:t>61.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I402" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="403">
+      <x:c r="A403" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B403" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C403" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D403" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E403" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G403" t="inlineStr">
+        <x:is>
+          <x:t>54.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I403" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="404">
+      <x:c r="A404" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B404" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C404" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D404" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E404" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F404" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G404" t="inlineStr">
+        <x:is>
+          <x:t>49.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H404" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I404" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J404" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>