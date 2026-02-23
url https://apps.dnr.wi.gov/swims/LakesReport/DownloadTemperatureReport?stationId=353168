--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re194149a22774f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf5e5c144dd41a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R70733e6d55684583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra930c86597fc4846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70733e6d55684583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra930c86597fc4846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>