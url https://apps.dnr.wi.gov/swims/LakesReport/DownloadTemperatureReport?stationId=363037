--- v0 (2025-10-22)
+++ v1 (2026-01-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd53956dc775544db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6816b7e516d945f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R857efa1098cd48b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd27423ac55c64d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R857efa1098cd48b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd27423ac55c64d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -2272,51 +2272,51 @@
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C44" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D44" t="inlineStr">
         <x:is>
           <x:t>2021</x:t>
         </x:is>
       </x:c>
       <x:c r="E44" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F44" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G44" t="inlineStr">
         <x:is>
-          <x:t>62.9</x:t>
+          <x:t>59.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H44" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I44" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J44" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="inlineStr">
         <x:is>
           <x:t>06/22/2021</x:t>
         </x:is>
       </x:c>
       <x:c r="B45" t="inlineStr">
@@ -2324,51 +2324,51 @@
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C45" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D45" t="inlineStr">
         <x:is>
           <x:t>2021</x:t>
         </x:is>
       </x:c>
       <x:c r="E45" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="F45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G45" t="inlineStr">
         <x:is>
-          <x:t>55.7</x:t>
+          <x:t>53.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I45" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="inlineStr">
         <x:is>
           <x:t>06/22/2021</x:t>
         </x:is>
       </x:c>
       <x:c r="B46" t="inlineStr">