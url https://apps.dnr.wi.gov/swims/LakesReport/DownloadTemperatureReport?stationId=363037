--- v1 (2026-01-07)
+++ v2 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6816b7e516d945f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01734769f0924779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd27423ac55c64d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R78a1d9553991475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd27423ac55c64d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78a1d9553991475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -3624,51 +3624,51 @@
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C70" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D70" t="inlineStr">
         <x:is>
           <x:t>2022</x:t>
         </x:is>
       </x:c>
       <x:c r="E70" t="inlineStr">
         <x:is>
           <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G70" t="inlineStr">
         <x:is>
-          <x:t>73.9</x:t>
+          <x:t>73.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I70" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J70" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="inlineStr">
         <x:is>
           <x:t>06/17/2022</x:t>
         </x:is>
       </x:c>
       <x:c r="B71" t="inlineStr">
@@ -5674,77 +5674,6421 @@
       </x:c>
       <x:c r="G109" t="inlineStr">
         <x:is>
           <x:t>45.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H109" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I109" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J109" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="inlineStr">
         <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B110" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C110" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D110" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E110" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G110" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I110" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J110" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="111">
+      <x:c r="A111" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B111" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C111" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D111" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E111" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G111" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I111" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J111" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="112">
+      <x:c r="A112" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B112" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C112" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D112" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E112" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G112" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I112" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J112" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="113">
+      <x:c r="A113" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B113" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C113" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D113" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E113" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G113" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I113" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J113" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="114">
+      <x:c r="A114" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B114" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C114" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D114" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E114" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G114" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I114" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J114" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="115">
+      <x:c r="A115" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B115" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C115" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D115" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E115" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G115" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I115" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J115" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="116">
+      <x:c r="A116" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B116" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C116" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D116" t="inlineStr">
+        <x:is>
+          <x:t>2022</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E116" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G116" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I116" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J116" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="inlineStr">
+        <x:is>
           <x:t>06/05/2023</x:t>
         </x:is>
       </x:c>
-      <x:c r="B110" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="C110" t="inlineStr">
+      <x:c r="B117" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C117" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
-      <x:c r="D110" t="inlineStr">
+      <x:c r="D117" t="inlineStr">
         <x:is>
           <x:t>2023</x:t>
         </x:is>
       </x:c>
-      <x:c r="E110" t="inlineStr">
+      <x:c r="E117" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="F110" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G110" t="inlineStr">
+      <x:c r="F117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G117" t="inlineStr">
         <x:is>
           <x:t>76.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="H110" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="J110" t="inlineStr">
+      <x:c r="H117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I117" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="118">
+      <x:c r="A118" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B118" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C118" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D118" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E118" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G118" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I118" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="119">
+      <x:c r="A119" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B119" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C119" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D119" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E119" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G119" t="inlineStr">
+        <x:is>
+          <x:t>66.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I119" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="120">
+      <x:c r="A120" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B120" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C120" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D120" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E120" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G120" t="inlineStr">
+        <x:is>
+          <x:t>59.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I120" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t>50.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B123" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C123" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D123" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E123" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G123" t="inlineStr">
+        <x:is>
+          <x:t>47.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I123" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B124" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C124" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D124" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E124" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G124" t="inlineStr">
+        <x:is>
+          <x:t>46.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I124" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B125" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C125" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D125" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E125" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G125" t="inlineStr">
+        <x:is>
+          <x:t>46.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I125" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B126" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C126" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D126" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E126" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G126" t="inlineStr">
+        <x:is>
+          <x:t>45.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I126" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B127" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C127" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D127" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E127" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G127" t="inlineStr">
+        <x:is>
+          <x:t>43.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I127" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="128">
+      <x:c r="A128" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B128" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C128" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D128" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E128" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G128" t="inlineStr">
+        <x:is>
+          <x:t>41.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I128" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="129">
+      <x:c r="A129" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B129" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C129" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D129" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E129" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F129" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G129" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H129" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I129" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J129" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="130">
+      <x:c r="A130" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B130" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C130" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D130" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E130" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G130" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I130" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="131">
+      <x:c r="A131" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B131" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C131" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D131" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E131" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G131" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I131" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="132">
+      <x:c r="A132" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B132" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C132" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D132" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E132" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G132" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I132" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c r="A133" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B133" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C133" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D133" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E133" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G133" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I133" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c r="A134" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B134" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C134" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D134" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E134" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G134" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I134" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c r="A135" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B135" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C135" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D135" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E135" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G135" t="inlineStr">
+        <x:is>
+          <x:t>39.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I135" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B136" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C136" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D136" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E136" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G136" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I136" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C140" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D140" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E140" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t>77.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>77.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B142" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C142" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D142" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E142" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G142" t="inlineStr">
+        <x:is>
+          <x:t>68.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I142" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B143" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C143" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D143" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E143" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G143" t="inlineStr">
+        <x:is>
+          <x:t>60.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I143" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c r="A144" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B144" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C144" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D144" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E144" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G144" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I144" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c r="A145" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B145" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C145" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D145" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E145" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G145" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I145" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B146" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C146" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D146" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E146" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G146" t="inlineStr">
+        <x:is>
+          <x:t>46.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I146" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B147" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C147" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D147" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E147" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G147" t="inlineStr">
+        <x:is>
+          <x:t>45.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I147" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B148" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C148" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D148" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E148" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G148" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I148" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B149" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C149" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D149" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E149" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G149" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I149" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B150" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C150" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D150" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E150" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G150" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I150" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B151" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C151" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D151" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E151" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G151" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I151" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B153" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C153" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D153" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E153" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G153" t="inlineStr">
+        <x:is>
+          <x:t>64.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I153" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B154" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C154" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D154" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E154" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G154" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I154" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c r="A155" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B155" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C155" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D155" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E155" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G155" t="inlineStr">
+        <x:is>
+          <x:t>54.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I155" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c r="A156" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B156" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C156" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D156" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E156" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G156" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I156" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c r="A157" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B157" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C157" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D157" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E157" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G157" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I157" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t>45.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>44.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B160" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C160" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D160" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E160" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t>42.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>41.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B162" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C162" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D162" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E162" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G162" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I162" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B163" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C163" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D163" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E163" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G163" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I163" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B164" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C164" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D164" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E164" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G164" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I164" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c r="A165" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B165" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C165" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D165" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E165" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G165" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I165" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c r="A166" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B166" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C166" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D166" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E166" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G166" t="inlineStr">
+        <x:is>
+          <x:t>40.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I166" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c r="A167" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B167" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C167" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D167" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E167" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G167" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I167" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c r="A168" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B168" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C168" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D168" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E168" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G168" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I168" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c r="A169" t="inlineStr">
+        <x:is>
+          <x:t>06/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B169" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C169" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D169" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E169" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G169" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I169" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c r="A170" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B170" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C170" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D170" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E170" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G170" t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I170" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c r="A171" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B171" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C171" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D171" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E171" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G171" t="inlineStr">
+        <x:is>
+          <x:t>80.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I171" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c r="A172" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B172" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C172" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D172" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E172" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G172" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I172" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c r="A173" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B173" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C173" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D173" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E173" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G173" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I173" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c r="A174" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B174" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C174" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D174" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E174" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G174" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I174" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c r="A175" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B175" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C175" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D175" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E175" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G175" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I175" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c r="A176" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B176" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C176" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D176" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E176" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G176" t="inlineStr">
+        <x:is>
+          <x:t>56.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I176" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c r="A177" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B177" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C177" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D177" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E177" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G177" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I177" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>49.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c r="A179" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B179" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C179" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D179" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E179" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G179" t="inlineStr">
+        <x:is>
+          <x:t>46.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I179" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="180">
+      <x:c r="A180" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B180" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C180" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D180" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E180" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G180" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I180" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J180" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="181">
+      <x:c r="A181" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B181" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C181" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D181" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E181" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F181" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G181" t="inlineStr">
+        <x:is>
+          <x:t>43.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H181" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I181" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J181" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="182">
+      <x:c r="A182" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B182" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C182" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D182" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E182" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G182" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I182" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="183">
+      <x:c r="A183" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B183" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C183" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D183" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E183" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G183" t="inlineStr">
+        <x:is>
+          <x:t>41.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I183" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="184">
+      <x:c r="A184" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B184" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C184" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D184" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E184" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G184" t="inlineStr">
+        <x:is>
+          <x:t>40.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I184" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="185">
+      <x:c r="A185" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B185" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C185" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D185" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E185" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G185" t="inlineStr">
+        <x:is>
+          <x:t>40.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I185" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="186">
+      <x:c r="A186" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B186" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C186" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D186" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E186" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G186" t="inlineStr">
+        <x:is>
+          <x:t>40.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I186" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c r="A187" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B187" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C187" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D187" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E187" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G187" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I187" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c r="A188" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B188" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C188" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D188" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E188" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G188" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I188" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c r="A189" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B189" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C189" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D189" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E189" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G189" t="inlineStr">
+        <x:is>
+          <x:t>39.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I189" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c r="A190" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B190" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C190" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D190" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E190" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G190" t="inlineStr">
+        <x:is>
+          <x:t>40.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I190" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c r="A191" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B191" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C191" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D191" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E191" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G191" t="inlineStr">
+        <x:is>
+          <x:t>79</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I191" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c r="A192" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B192" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C192" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D192" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E192" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G192" t="inlineStr">
+        <x:is>
+          <x:t>78.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I192" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c r="A193" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B193" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C193" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D193" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E193" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G193" t="inlineStr">
+        <x:is>
+          <x:t>78.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I193" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="194">
+      <x:c r="A194" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B194" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C194" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D194" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E194" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G194" t="inlineStr">
+        <x:is>
+          <x:t>77.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I194" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="195">
+      <x:c r="A195" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B195" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C195" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D195" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E195" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G195" t="inlineStr">
+        <x:is>
+          <x:t>676</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I195" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c r="A196" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B196" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C196" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D196" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E196" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G196" t="inlineStr">
+        <x:is>
+          <x:t>61.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I196" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c r="A197" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B197" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C197" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D197" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E197" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G197" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I197" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c r="A198" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B198" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C198" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D198" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E198" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G198" t="inlineStr">
+        <x:is>
+          <x:t>53.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I198" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c r="A199" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B199" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C199" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D199" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E199" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G199" t="inlineStr">
+        <x:is>
+          <x:t>48.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I199" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c r="A200" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B200" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C200" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D200" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E200" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G200" t="inlineStr">
+        <x:is>
+          <x:t>46.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I200" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B201" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C201" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D201" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E201" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G201" t="inlineStr">
+        <x:is>
+          <x:t>46.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I201" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B203" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C203" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D203" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E203" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t>45.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B204" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C204" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D204" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E204" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G204" t="inlineStr">
+        <x:is>
+          <x:t>44.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I204" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B205" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C205" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D205" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E205" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G205" t="inlineStr">
+        <x:is>
+          <x:t>43.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I205" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B206" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C206" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D206" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E206" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G206" t="inlineStr">
+        <x:is>
+          <x:t>43.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I206" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c r="A207" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B207" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C207" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D207" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E207" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G207" t="inlineStr">
+        <x:is>
+          <x:t>42.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I207" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c r="A208" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B208" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C208" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D208" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E208" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G208" t="inlineStr">
+        <x:is>
+          <x:t>42.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I208" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B209" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C209" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D209" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E209" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G209" t="inlineStr">
+        <x:is>
+          <x:t>42.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I209" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c r="A210" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B210" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C210" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D210" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E210" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G210" t="inlineStr">
+        <x:is>
+          <x:t>42.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I210" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c r="A211" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B211" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C211" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D211" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E211" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G211" t="inlineStr">
+        <x:is>
+          <x:t>42.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I211" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c r="A212" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B212" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C212" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D212" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E212" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G212" t="inlineStr">
+        <x:is>
+          <x:t>80.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I212" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B213" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C213" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D213" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E213" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G213" t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I213" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c r="A214" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B214" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C214" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D214" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E214" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G214" t="inlineStr">
+        <x:is>
+          <x:t>79.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I214" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c r="A215" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B215" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C216" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D216" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E216" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G216" t="inlineStr">
+        <x:is>
+          <x:t>78.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I216" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B217" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C217" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D217" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E217" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c r="A218" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B218" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C218" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D218" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E218" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G218" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I218" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B221" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C221" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D221" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E221" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G221" t="inlineStr">
+        <x:is>
+          <x:t>46.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I221" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c r="A222" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B222" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C222" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D222" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E222" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G222" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I222" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B223" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C223" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D223" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E223" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G223" t="inlineStr">
+        <x:is>
+          <x:t>44.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I223" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B224" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C224" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D224" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E224" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G224" t="inlineStr">
+        <x:is>
+          <x:t>44.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I224" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="225">
+      <x:c r="A225" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B225" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C225" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D225" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E225" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F225" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G225" t="inlineStr">
+        <x:is>
+          <x:t>43.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H225" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I225" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J225" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="226">
+      <x:c r="A226" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B226" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C226" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D226" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E226" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F226" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G226" t="inlineStr">
+        <x:is>
+          <x:t>43.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H226" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I226" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J226" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="227">
+      <x:c r="A227" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B227" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C227" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D227" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E227" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F227" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G227" t="inlineStr">
+        <x:is>
+          <x:t>42.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H227" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I227" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J227" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="228">
+      <x:c r="A228" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B228" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C228" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D228" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E228" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G228" t="inlineStr">
+        <x:is>
+          <x:t>42.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I228" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c r="A229" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B229" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C229" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D229" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E229" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G229" t="inlineStr">
+        <x:is>
+          <x:t>42.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I229" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C230" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D230" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E230" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c r="A231" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B231" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C231" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D231" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E231" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G231" t="inlineStr">
+        <x:is>
+          <x:t>422</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I231" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="232">
+      <x:c r="A232" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B232" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C232" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D232" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E232" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F232" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G232" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H232" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I232" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J232" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>