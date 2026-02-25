--- v0 (2025-10-08)
+++ v1 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74afd581d9bc4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a312f66f904603" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7e531b6fb32a4691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9f2e810c262b49c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e531b6fb32a4691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f2e810c262b49c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -29747,28 +29747,912 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G572" t="inlineStr">
         <x:is>
           <x:t>11.72</x:t>
         </x:is>
       </x:c>
       <x:c r="H572" t="inlineStr">
         <x:is>
           <x:t>.29</x:t>
         </x:is>
       </x:c>
       <x:c r="I572" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J572" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="573">
+      <x:c r="A573" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B573" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C573" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D573" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E573" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F573" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G573" t="inlineStr">
+        <x:is>
+          <x:t>25.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H573" t="inlineStr">
+        <x:is>
+          <x:t>7.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I573" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J573" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="574">
+      <x:c r="A574" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B574" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C574" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D574" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E574" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F574" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G574" t="inlineStr">
+        <x:is>
+          <x:t>25.69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H574" t="inlineStr">
+        <x:is>
+          <x:t>7.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I574" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J574" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="575">
+      <x:c r="A575" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B575" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C575" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D575" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E575" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F575" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G575" t="inlineStr">
+        <x:is>
+          <x:t>23.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H575" t="inlineStr">
+        <x:is>
+          <x:t>3.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I575" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J575" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="576">
+      <x:c r="A576" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B576" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C576" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D576" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E576" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F576" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G576" t="inlineStr">
+        <x:is>
+          <x:t>19.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H576" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I576" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J576" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="577">
+      <x:c r="A577" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B577" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C577" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D577" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E577" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F577" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G577" t="inlineStr">
+        <x:is>
+          <x:t>16.73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H577" t="inlineStr">
+        <x:is>
+          <x:t>.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I577" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J577" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="578">
+      <x:c r="A578" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B578" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C578" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D578" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E578" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F578" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G578" t="inlineStr">
+        <x:is>
+          <x:t>14.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H578" t="inlineStr">
+        <x:is>
+          <x:t>.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I578" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J578" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="579">
+      <x:c r="A579" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B579" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C579" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D579" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E579" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F579" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G579" t="inlineStr">
+        <x:is>
+          <x:t>13.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H579" t="inlineStr">
+        <x:is>
+          <x:t>.35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I579" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J579" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="580">
+      <x:c r="A580" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B580" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C580" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D580" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E580" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F580" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G580" t="inlineStr">
+        <x:is>
+          <x:t>12.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H580" t="inlineStr">
+        <x:is>
+          <x:t>.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I580" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J580" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="581">
+      <x:c r="A581" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B581" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C581" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D581" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E581" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G581" t="inlineStr">
+        <x:is>
+          <x:t>22.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I581" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="582">
+      <x:c r="A582" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B582" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C582" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D582" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E582" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G582" t="inlineStr">
+        <x:is>
+          <x:t>21.97</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I582" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="583">
+      <x:c r="A583" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B583" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C583" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D583" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E583" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F583" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G583" t="inlineStr">
+        <x:is>
+          <x:t>21.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H583" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I583" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J583" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="584">
+      <x:c r="A584" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B584" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C584" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D584" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E584" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F584" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G584" t="inlineStr">
+        <x:is>
+          <x:t>21.91</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H584" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I584" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J584" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="585">
+      <x:c r="A585" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B585" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C585" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D585" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E585" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F585" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G585" t="inlineStr">
+        <x:is>
+          <x:t>17.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H585" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I585" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J585" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="586">
+      <x:c r="A586" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B586" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C586" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D586" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E586" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F586" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G586" t="inlineStr">
+        <x:is>
+          <x:t>14.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H586" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I586" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J586" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="587">
+      <x:c r="A587" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B587" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C587" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D587" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E587" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F587" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G587" t="inlineStr">
+        <x:is>
+          <x:t>13.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H587" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I587" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J587" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="588">
+      <x:c r="A588" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B588" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C588" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D588" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E588" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F588" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G588" t="inlineStr">
+        <x:is>
+          <x:t>12.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H588" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I588" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J588" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="589">
+      <x:c r="A589" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B589" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C589" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D589" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E589" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F589" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G589" t="inlineStr">
+        <x:is>
+          <x:t>11.47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H589" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I589" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J589" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>