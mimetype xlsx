--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74fa4db68f59414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45d26177febe4cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra687cd07551f4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R60aa43c5d7d54c29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra687cd07551f4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60aa43c5d7d54c29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -471,28 +471,860 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G9" t="inlineStr">
         <x:is>
           <x:t>25.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="10">
+      <x:c r="A10" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
+          <x:t>25.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
+          <x:t>7.63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I10" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J10" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t>25.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
+          <x:t>7.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I11" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J11" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="12">
+      <x:c r="A12" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B12" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
+          <x:t>24.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
+          <x:t>9.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I12" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J12" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B13" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
+        <x:is>
+          <x:t>19.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H13" t="inlineStr">
+        <x:is>
+          <x:t>14.81</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I13" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J13" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B14" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
+          <x:t>10.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
+          <x:t>.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I14" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J14" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="15">
+      <x:c r="A15" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B15" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E15" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H15" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I15" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J15" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="16">
+      <x:c r="A16" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B16" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
+        <x:is>
+          <x:t>6.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H16" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I16" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J16" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="17">
+      <x:c r="A17" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B17" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H17" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I17" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J17" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B18" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H18" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I18" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J18" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B19" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
+        <x:is>
+          <x:t>5.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H19" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I19" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J19" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B20" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C20" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E20" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G20" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H20" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I20" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J20" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B21" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H21" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I21" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J21" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t>5.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B25" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t>5.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>