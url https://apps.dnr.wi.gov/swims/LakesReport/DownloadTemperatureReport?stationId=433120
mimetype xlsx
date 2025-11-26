--- v0 (2025-10-01)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193bcc321a5d4a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7de029c3e8294da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R86bb7d84d1d24db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc13af46388b46e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R86bb7d84d1d24db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc13af46388b46e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -18931,28 +18931,340 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G364" t="inlineStr">
         <x:is>
           <x:t>55</x:t>
         </x:is>
       </x:c>
       <x:c r="H364" t="inlineStr">
         <x:is>
           <x:t>.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I364" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J364" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="365">
+      <x:c r="A365" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B365" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C365" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D365" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E365" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G365" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H365" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I365" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J365" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="366">
+      <x:c r="A366" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B366" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C366" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D366" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E366" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G366" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H366" t="inlineStr">
+        <x:is>
+          <x:t>7.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I366" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J366" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="367">
+      <x:c r="A367" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B367" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C367" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D367" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E367" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G367" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H367" t="inlineStr">
+        <x:is>
+          <x:t>7.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I367" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J367" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="368">
+      <x:c r="A368" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B368" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C368" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D368" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E368" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G368" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H368" t="inlineStr">
+        <x:is>
+          <x:t>6.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I368" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J368" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="369">
+      <x:c r="A369" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B369" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C369" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D369" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E369" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G369" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H369" t="inlineStr">
+        <x:is>
+          <x:t>2.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I369" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J369" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="370">
+      <x:c r="A370" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B370" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C370" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D370" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E370" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G370" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H370" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I370" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J370" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>