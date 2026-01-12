--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7de029c3e8294da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000609811d38454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc13af46388b46e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf6f77949b3c244a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc13af46388b46e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6f77949b3c244a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>