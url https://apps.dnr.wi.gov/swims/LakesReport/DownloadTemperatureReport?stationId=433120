--- v2 (2026-01-12)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000609811d38454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd112460a32f4552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf6f77949b3c244a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R193564fe105048d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6f77949b3c244a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R193564fe105048d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>