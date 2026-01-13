--- v0 (2025-11-26)
+++ v1 (2026-01-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66366533df04449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83331056e8994bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8643affbb56c4786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R231715b7c471410e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8643affbb56c4786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R231715b7c471410e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -29074,129 +29074,2105 @@
       </x:c>
       <x:c r="G559" t="inlineStr">
         <x:is>
           <x:t>8.89</x:t>
         </x:is>
       </x:c>
       <x:c r="H559" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I559" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J559" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" t="inlineStr">
         <x:is>
-          <x:t>04/10/2024</x:t>
+          <x:t>08/23/2023</x:t>
         </x:is>
       </x:c>
       <x:c r="B560" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C560" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="D560" t="inlineStr">
         <x:is>
-          <x:t>2024</x:t>
+          <x:t>2023</x:t>
         </x:is>
       </x:c>
       <x:c r="E560" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F560" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G560" t="inlineStr">
         <x:is>
-          <x:t>21.6</x:t>
+          <x:t>23.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H560" t="inlineStr">
         <x:is>
-          <x:t>7.02</x:t>
+          <x:t>6.03</x:t>
         </x:is>
       </x:c>
       <x:c r="I560" t="inlineStr">
         <x:is>
-          <x:t>C</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J560" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" t="inlineStr">
         <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B561" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C561" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D561" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E561" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G561" t="inlineStr">
+        <x:is>
+          <x:t>23.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H561" t="inlineStr">
+        <x:is>
+          <x:t>3.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I561" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J561" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="562">
+      <x:c r="A562" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B562" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C562" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D562" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E562" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G562" t="inlineStr">
+        <x:is>
+          <x:t>23.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H562" t="inlineStr">
+        <x:is>
+          <x:t>2.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I562" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J562" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="563">
+      <x:c r="A563" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B563" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C563" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D563" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E563" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G563" t="inlineStr">
+        <x:is>
+          <x:t>23.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H563" t="inlineStr">
+        <x:is>
+          <x:t>2.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I563" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J563" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="564">
+      <x:c r="A564" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B564" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C564" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D564" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E564" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G564" t="inlineStr">
+        <x:is>
+          <x:t>22.99</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H564" t="inlineStr">
+        <x:is>
+          <x:t>2.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I564" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J564" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="565">
+      <x:c r="A565" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B565" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C565" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D565" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E565" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G565" t="inlineStr">
+        <x:is>
+          <x:t>21.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H565" t="inlineStr">
+        <x:is>
+          <x:t>2.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I565" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J565" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="566">
+      <x:c r="A566" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B566" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C566" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D566" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E566" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G566" t="inlineStr">
+        <x:is>
+          <x:t>17.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H566" t="inlineStr">
+        <x:is>
+          <x:t>2.68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I566" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J566" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="567">
+      <x:c r="A567" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B567" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C567" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D567" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E567" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G567" t="inlineStr">
+        <x:is>
+          <x:t>14.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H567" t="inlineStr">
+        <x:is>
+          <x:t>1.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I567" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J567" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="568">
+      <x:c r="A568" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B568" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C568" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D568" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E568" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G568" t="inlineStr">
+        <x:is>
+          <x:t>11.88</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H568" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I568" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J568" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="569">
+      <x:c r="A569" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B569" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C569" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D569" t="inlineStr">
+        <x:is>
+          <x:t>2023</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E569" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G569" t="inlineStr">
+        <x:is>
+          <x:t>10.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H569" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I569" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J569" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="570">
+      <x:c r="A570" t="inlineStr">
+        <x:is>
+          <x:t>04/10/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B570" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C570" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D570" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E570" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G570" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H570" t="inlineStr">
+        <x:is>
+          <x:t>7.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I570" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J570" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="571">
+      <x:c r="A571" t="inlineStr">
+        <x:is>
           <x:t>04/24/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="B561" t="inlineStr">
+      <x:c r="B571" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
-      <x:c r="C561" t="inlineStr">
+      <x:c r="C571" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="D561" t="inlineStr">
+      <x:c r="D571" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="E561" t="inlineStr">
+      <x:c r="E571" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="F561" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G561" t="inlineStr">
+      <x:c r="F571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G571" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
-      <x:c r="H561" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="I561" t="inlineStr">
+      <x:c r="H571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I571" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
-      <x:c r="J561" t="inlineStr">
-[...1 lines deleted...]
-          <x:t/>
+      <x:c r="J571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="572">
+      <x:c r="A572" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B572" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C572" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D572" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E572" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F572" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G572" t="inlineStr">
+        <x:is>
+          <x:t>26.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H572" t="inlineStr">
+        <x:is>
+          <x:t>6.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I572" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J572" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="573">
+      <x:c r="A573" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B573" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C573" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D573" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E573" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F573" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G573" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H573" t="inlineStr">
+        <x:is>
+          <x:t>7.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I573" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J573" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="574">
+      <x:c r="A574" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B574" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C574" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D574" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E574" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F574" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G574" t="inlineStr">
+        <x:is>
+          <x:t>25.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H574" t="inlineStr">
+        <x:is>
+          <x:t>6.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I574" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J574" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="575">
+      <x:c r="A575" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B575" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C575" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D575" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E575" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F575" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G575" t="inlineStr">
+        <x:is>
+          <x:t>24.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H575" t="inlineStr">
+        <x:is>
+          <x:t>6.99</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I575" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J575" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="576">
+      <x:c r="A576" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B576" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C576" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D576" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E576" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F576" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G576" t="inlineStr">
+        <x:is>
+          <x:t>21.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H576" t="inlineStr">
+        <x:is>
+          <x:t>7.62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I576" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J576" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="577">
+      <x:c r="A577" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B577" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C577" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D577" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E577" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F577" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G577" t="inlineStr">
+        <x:is>
+          <x:t>16.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H577" t="inlineStr">
+        <x:is>
+          <x:t>7.55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I577" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J577" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="578">
+      <x:c r="A578" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B578" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C578" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D578" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E578" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F578" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G578" t="inlineStr">
+        <x:is>
+          <x:t>12.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H578" t="inlineStr">
+        <x:is>
+          <x:t>7.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I578" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J578" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="579">
+      <x:c r="A579" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B579" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C579" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D579" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E579" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F579" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G579" t="inlineStr">
+        <x:is>
+          <x:t>10.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H579" t="inlineStr">
+        <x:is>
+          <x:t>1.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I579" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J579" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="580">
+      <x:c r="A580" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B580" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C580" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D580" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E580" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F580" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G580" t="inlineStr">
+        <x:is>
+          <x:t>25.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H580" t="inlineStr">
+        <x:is>
+          <x:t>7.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I580" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J580" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="581">
+      <x:c r="A581" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B581" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C581" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D581" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E581" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G581" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H581" t="inlineStr">
+        <x:is>
+          <x:t>6.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I581" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J581" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="582">
+      <x:c r="A582" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B582" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C582" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D582" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E582" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G582" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H582" t="inlineStr">
+        <x:is>
+          <x:t>6.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I582" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J582" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="583">
+      <x:c r="A583" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B583" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C583" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D583" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E583" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F583" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G583" t="inlineStr">
+        <x:is>
+          <x:t>24.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H583" t="inlineStr">
+        <x:is>
+          <x:t>5.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I583" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J583" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="584">
+      <x:c r="A584" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B584" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C584" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D584" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E584" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F584" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G584" t="inlineStr">
+        <x:is>
+          <x:t>23.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H584" t="inlineStr">
+        <x:is>
+          <x:t>5.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I584" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J584" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="585">
+      <x:c r="A585" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B585" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C585" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D585" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E585" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F585" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G585" t="inlineStr">
+        <x:is>
+          <x:t>19.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H585" t="inlineStr">
+        <x:is>
+          <x:t>6.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I585" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J585" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="586">
+      <x:c r="A586" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B586" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C586" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D586" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E586" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F586" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G586" t="inlineStr">
+        <x:is>
+          <x:t>14.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H586" t="inlineStr">
+        <x:is>
+          <x:t>6.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I586" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J586" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="587">
+      <x:c r="A587" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B587" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C587" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D587" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E587" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F587" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G587" t="inlineStr">
+        <x:is>
+          <x:t>11.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H587" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I587" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J587" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="588">
+      <x:c r="A588" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B588" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C588" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D588" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E588" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F588" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G588" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H588" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I588" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J588" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="589">
+      <x:c r="A589" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B589" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C589" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D589" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E589" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F589" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G589" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H589" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I589" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J589" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="590">
+      <x:c r="A590" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B590" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C590" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D590" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E590" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F590" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G590" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H590" t="inlineStr">
+        <x:is>
+          <x:t>7.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I590" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J590" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="591">
+      <x:c r="A591" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B591" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C591" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D591" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E591" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F591" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G591" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H591" t="inlineStr">
+        <x:is>
+          <x:t>7.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I591" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J591" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="592">
+      <x:c r="A592" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B592" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C592" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D592" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E592" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F592" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G592" t="inlineStr">
+        <x:is>
+          <x:t>21.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H592" t="inlineStr">
+        <x:is>
+          <x:t>7.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I592" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J592" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="593">
+      <x:c r="A593" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B593" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C593" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D593" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E593" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F593" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G593" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H593" t="inlineStr">
+        <x:is>
+          <x:t>7.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I593" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J593" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="594">
+      <x:c r="A594" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B594" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C594" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D594" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E594" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F594" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G594" t="inlineStr">
+        <x:is>
+          <x:t>20.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H594" t="inlineStr">
+        <x:is>
+          <x:t>6.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I594" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J594" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="595">
+      <x:c r="A595" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B595" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C595" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D595" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E595" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F595" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G595" t="inlineStr">
+        <x:is>
+          <x:t>19.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H595" t="inlineStr">
+        <x:is>
+          <x:t>5.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I595" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J595" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="596">
+      <x:c r="A596" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B596" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C596" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D596" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E596" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F596" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G596" t="inlineStr">
+        <x:is>
+          <x:t>16.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H596" t="inlineStr">
+        <x:is>
+          <x:t>.89</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I596" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J596" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="597">
+      <x:c r="A597" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B597" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C597" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D597" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E597" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F597" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G597" t="inlineStr">
+        <x:is>
+          <x:t>12.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H597" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I597" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J597" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="598">
+      <x:c r="A598" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B598" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C598" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D598" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E598" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F598" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G598" t="inlineStr">
+        <x:is>
+          <x:t>10.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H598" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I598" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J598" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="599">
+      <x:c r="A599" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B599" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C599" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D599" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E599" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F599" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G599" t="inlineStr">
+        <x:is>
+          <x:t>10.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H599" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I599" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J599" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>