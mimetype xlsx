--- v1 (2026-01-13)
+++ v2 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83331056e8994bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d26525ee7d449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R231715b7c471410e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9ba5c65c168f4a31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R231715b7c471410e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9ba5c65c168f4a31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>