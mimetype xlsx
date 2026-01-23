--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R568272b2fa614735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57ed085e9904110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Red9c6cf263404486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4fc4bfde09d5458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red9c6cf263404486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fc4bfde09d5458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -20546,857 +20546,1169 @@
       </x:c>
       <x:c r="G395" t="inlineStr">
         <x:is>
           <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H395" t="inlineStr">
         <x:is>
           <x:t>5.95</x:t>
         </x:is>
       </x:c>
       <x:c r="I395" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J395" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" t="inlineStr">
         <x:is>
-          <x:t>11/07/2024</x:t>
+          <x:t>07/17/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B396" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C396" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D396" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E396" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F396" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G396" t="inlineStr">
         <x:is>
-          <x:t>49.4</x:t>
+          <x:t>25.18</x:t>
         </x:is>
       </x:c>
       <x:c r="H396" t="inlineStr">
         <x:is>
-          <x:t>8.58</x:t>
+          <x:t>9.53</x:t>
         </x:is>
       </x:c>
       <x:c r="I396" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J396" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" t="inlineStr">
         <x:is>
-          <x:t>11/07/2024</x:t>
+          <x:t>07/17/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B397" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C397" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D397" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E397" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F397" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G397" t="inlineStr">
         <x:is>
-          <x:t>49.4</x:t>
+          <x:t>25.18</x:t>
         </x:is>
       </x:c>
       <x:c r="H397" t="inlineStr">
         <x:is>
-          <x:t>8.42</x:t>
+          <x:t>9.53</x:t>
         </x:is>
       </x:c>
       <x:c r="I397" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J397" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" t="inlineStr">
         <x:is>
-          <x:t>11/07/2024</x:t>
+          <x:t>07/17/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B398" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C398" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D398" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E398" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F398" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G398" t="inlineStr">
         <x:is>
-          <x:t>49.4</x:t>
+          <x:t>25.17</x:t>
         </x:is>
       </x:c>
       <x:c r="H398" t="inlineStr">
         <x:is>
-          <x:t>8.38</x:t>
+          <x:t>9.54</x:t>
         </x:is>
       </x:c>
       <x:c r="I398" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J398" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" t="inlineStr">
         <x:is>
-          <x:t>11/07/2024</x:t>
+          <x:t>07/17/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B399" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C399" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D399" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E399" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F399" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G399" t="inlineStr">
         <x:is>
-          <x:t>49.3</x:t>
+          <x:t>21.13</x:t>
         </x:is>
       </x:c>
       <x:c r="H399" t="inlineStr">
         <x:is>
-          <x:t>8.33</x:t>
+          <x:t>10.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I399" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J399" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" t="inlineStr">
         <x:is>
-          <x:t>11/07/2024</x:t>
+          <x:t>07/17/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B400" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C400" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D400" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E400" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F400" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G400" t="inlineStr">
         <x:is>
-          <x:t>49.3</x:t>
+          <x:t>17.19</x:t>
         </x:is>
       </x:c>
       <x:c r="H400" t="inlineStr">
         <x:is>
-          <x:t>8.29</x:t>
+          <x:t>5.83</x:t>
         </x:is>
       </x:c>
       <x:c r="I400" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J400" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" t="inlineStr">
         <x:is>
-          <x:t>11/07/2024</x:t>
+          <x:t>07/17/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B401" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C401" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D401" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E401" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F401" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G401" t="inlineStr">
         <x:is>
-          <x:t>49.3</x:t>
+          <x:t>14.57</x:t>
         </x:is>
       </x:c>
       <x:c r="H401" t="inlineStr">
         <x:is>
-          <x:t>8.21</x:t>
+          <x:t>1.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I401" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J401" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" t="inlineStr">
         <x:is>
           <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B402" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C402" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D402" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E402" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F402" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G402" t="inlineStr">
         <x:is>
-          <x:t>49.2</x:t>
+          <x:t>49.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H402" t="inlineStr">
         <x:is>
-          <x:t>8.19</x:t>
+          <x:t>8.58</x:t>
         </x:is>
       </x:c>
       <x:c r="I402" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J402" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" t="inlineStr">
         <x:is>
           <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B403" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C403" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D403" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E403" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F403" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G403" t="inlineStr">
         <x:is>
-          <x:t>49.1</x:t>
+          <x:t>49.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H403" t="inlineStr">
         <x:is>
-          <x:t>8.2</x:t>
+          <x:t>8.42</x:t>
         </x:is>
       </x:c>
       <x:c r="I403" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J403" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" t="inlineStr">
         <x:is>
           <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B404" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C404" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D404" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E404" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F404" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G404" t="inlineStr">
         <x:is>
-          <x:t>49.2</x:t>
+          <x:t>49.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H404" t="inlineStr">
         <x:is>
-          <x:t>3.75</x:t>
+          <x:t>8.38</x:t>
         </x:is>
       </x:c>
       <x:c r="I404" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J404" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" t="inlineStr">
         <x:is>
           <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B405" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C405" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D405" t="inlineStr">
         <x:is>
           <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E405" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="F405" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G405" t="inlineStr">
         <x:is>
-          <x:t>49.2</x:t>
+          <x:t>49.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H405" t="inlineStr">
         <x:is>
-          <x:t>3.75</x:t>
+          <x:t>8.33</x:t>
         </x:is>
       </x:c>
       <x:c r="I405" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J405" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" t="inlineStr">
         <x:is>
-          <x:t>03/11/2025</x:t>
+          <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B406" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C406" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D406" t="inlineStr">
         <x:is>
-          <x:t>2025</x:t>
+          <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E406" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F406" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G406" t="inlineStr">
         <x:is>
-          <x:t>40.6</x:t>
+          <x:t>49.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H406" t="inlineStr">
         <x:is>
-          <x:t>10.8</x:t>
+          <x:t>8.29</x:t>
         </x:is>
       </x:c>
       <x:c r="I406" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J406" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" t="inlineStr">
         <x:is>
-          <x:t>03/11/2025</x:t>
+          <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B407" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C407" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D407" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E407" t="inlineStr">
+        <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="D407" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="F407" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G407" t="inlineStr">
         <x:is>
-          <x:t>40.2</x:t>
+          <x:t>49.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H407" t="inlineStr">
         <x:is>
-          <x:t>10.11</x:t>
+          <x:t>8.21</x:t>
         </x:is>
       </x:c>
       <x:c r="I407" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J407" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" t="inlineStr">
         <x:is>
-          <x:t>03/11/2025</x:t>
+          <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B408" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C408" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D408" t="inlineStr">
         <x:is>
-          <x:t>2025</x:t>
+          <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E408" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="F408" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G408" t="inlineStr">
         <x:is>
-          <x:t>40</x:t>
+          <x:t>49.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H408" t="inlineStr">
         <x:is>
-          <x:t>8.64</x:t>
+          <x:t>8.19</x:t>
         </x:is>
       </x:c>
       <x:c r="I408" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J408" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" t="inlineStr">
         <x:is>
-          <x:t>03/11/2025</x:t>
+          <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B409" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C409" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D409" t="inlineStr">
         <x:is>
-          <x:t>2025</x:t>
+          <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E409" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F409" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G409" t="inlineStr">
         <x:is>
-          <x:t>40.1</x:t>
+          <x:t>49.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H409" t="inlineStr">
         <x:is>
-          <x:t>5.23</x:t>
+          <x:t>8.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I409" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J409" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" t="inlineStr">
         <x:is>
-          <x:t>03/11/2025</x:t>
+          <x:t>11/07/2024</x:t>
         </x:is>
       </x:c>
       <x:c r="B410" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="C410" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D410" t="inlineStr">
         <x:is>
-          <x:t>2025</x:t>
+          <x:t>2024</x:t>
         </x:is>
       </x:c>
       <x:c r="E410" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="F410" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G410" t="inlineStr">
         <x:is>
-          <x:t>40</x:t>
+          <x:t>49.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H410" t="inlineStr">
         <x:is>
-          <x:t>3.51</x:t>
+          <x:t>3.75</x:t>
         </x:is>
       </x:c>
       <x:c r="I410" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J410" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" t="inlineStr">
         <x:is>
+          <x:t>11/07/2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B411" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C411" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D411" t="inlineStr">
+        <x:is>
+          <x:t>2024</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E411" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F411" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G411" t="inlineStr">
+        <x:is>
+          <x:t>49.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H411" t="inlineStr">
+        <x:is>
+          <x:t>3.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I411" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J411" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="412">
+      <x:c r="A412" t="inlineStr">
+        <x:is>
           <x:t>03/11/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="B411" t="inlineStr">
+      <x:c r="B412" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
-      <x:c r="C411" t="inlineStr">
+      <x:c r="C412" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="D411" t="inlineStr">
+      <x:c r="D412" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="E411" t="inlineStr">
+      <x:c r="E412" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F412" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G412" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H412" t="inlineStr">
+        <x:is>
+          <x:t>10.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I412" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J412" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="413">
+      <x:c r="A413" t="inlineStr">
+        <x:is>
+          <x:t>03/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B413" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C413" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D413" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E413" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F413" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G413" t="inlineStr">
+        <x:is>
+          <x:t>40.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H413" t="inlineStr">
+        <x:is>
+          <x:t>10.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I413" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J413" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="414">
+      <x:c r="A414" t="inlineStr">
+        <x:is>
+          <x:t>03/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B414" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C414" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D414" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E414" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F414" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G414" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H414" t="inlineStr">
+        <x:is>
+          <x:t>8.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I414" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J414" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="415">
+      <x:c r="A415" t="inlineStr">
+        <x:is>
+          <x:t>03/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B415" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C415" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D415" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E415" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F415" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G415" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H415" t="inlineStr">
+        <x:is>
+          <x:t>5.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I415" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J415" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="416">
+      <x:c r="A416" t="inlineStr">
+        <x:is>
+          <x:t>03/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B416" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C416" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D416" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E416" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F416" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G416" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H416" t="inlineStr">
+        <x:is>
+          <x:t>3.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I416" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J416" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="417">
+      <x:c r="A417" t="inlineStr">
+        <x:is>
+          <x:t>03/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B417" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C417" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D417" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E417" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="F411" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G411" t="inlineStr">
+      <x:c r="F417" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G417" t="inlineStr">
         <x:is>
           <x:t>40.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="H411" t="inlineStr">
+      <x:c r="H417" t="inlineStr">
         <x:is>
           <x:t>2.39</x:t>
         </x:is>
       </x:c>
-      <x:c r="I411" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="J411" t="inlineStr">
+      <x:c r="I417" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J417" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>