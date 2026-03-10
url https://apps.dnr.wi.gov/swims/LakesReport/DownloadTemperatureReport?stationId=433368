--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57ed085e9904110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef127cfe67d4d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4fc4bfde09d5458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd75f45a13b094954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4fc4bfde09d5458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd75f45a13b094954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>