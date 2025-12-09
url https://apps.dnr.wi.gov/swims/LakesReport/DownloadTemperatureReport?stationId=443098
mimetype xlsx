--- v0 (2025-10-07)
+++ v1 (2025-12-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cb110396794ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c53fc44287d40cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf7524546df814e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0d8044daaa0c457e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf7524546df814e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d8044daaa0c457e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -22259,28 +22259,964 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G428" t="inlineStr">
         <x:is>
           <x:t>50.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H428" t="inlineStr">
         <x:is>
           <x:t>.15</x:t>
         </x:is>
       </x:c>
       <x:c r="I428" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J428" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="429">
+      <x:c r="A429" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B429" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C429" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D429" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E429" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F429" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G429" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H429" t="inlineStr">
+        <x:is>
+          <x:t>7.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I429" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J429" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="430">
+      <x:c r="A430" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B430" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C430" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D430" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E430" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F430" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G430" t="inlineStr">
+        <x:is>
+          <x:t>64.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H430" t="inlineStr">
+        <x:is>
+          <x:t>6.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I430" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J430" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="431">
+      <x:c r="A431" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B431" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C431" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D431" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E431" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G431" t="inlineStr">
+        <x:is>
+          <x:t>63.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H431" t="inlineStr">
+        <x:is>
+          <x:t>6.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I431" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J431" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="432">
+      <x:c r="A432" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B432" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C432" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D432" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E432" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F432" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G432" t="inlineStr">
+        <x:is>
+          <x:t>59.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H432" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I432" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J432" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="433">
+      <x:c r="A433" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B433" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C433" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D433" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E433" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F433" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G433" t="inlineStr">
+        <x:is>
+          <x:t>59.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H433" t="inlineStr">
+        <x:is>
+          <x:t>2.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I433" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J433" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="434">
+      <x:c r="A434" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B434" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C434" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D434" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E434" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F434" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G434" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H434" t="inlineStr">
+        <x:is>
+          <x:t>.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I434" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J434" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="435">
+      <x:c r="A435" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B435" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C435" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D435" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E435" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F435" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G435" t="inlineStr">
+        <x:is>
+          <x:t>56.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H435" t="inlineStr">
+        <x:is>
+          <x:t>.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I435" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J435" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="436">
+      <x:c r="A436" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B436" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C436" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D436" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E436" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F436" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G436" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H436" t="inlineStr">
+        <x:is>
+          <x:t>.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I436" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J436" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="437">
+      <x:c r="A437" t="inlineStr">
+        <x:is>
+          <x:t>09/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B437" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C437" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D437" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E437" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F437" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G437" t="inlineStr">
+        <x:is>
+          <x:t>53.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H437" t="inlineStr">
+        <x:is>
+          <x:t>.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I437" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J437" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="438">
+      <x:c r="A438" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B438" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C438" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D438" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E438" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F438" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G438" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H438" t="inlineStr">
+        <x:is>
+          <x:t>6.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I438" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J438" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="439">
+      <x:c r="A439" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B439" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C439" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D439" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E439" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F439" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G439" t="inlineStr">
+        <x:is>
+          <x:t>62.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H439" t="inlineStr">
+        <x:is>
+          <x:t>6.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I439" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J439" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="440">
+      <x:c r="A440" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B440" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C440" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D440" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E440" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F440" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G440" t="inlineStr">
+        <x:is>
+          <x:t>61.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H440" t="inlineStr">
+        <x:is>
+          <x:t>6.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I440" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J440" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="441">
+      <x:c r="A441" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B441" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C441" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D441" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E441" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F441" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G441" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H441" t="inlineStr">
+        <x:is>
+          <x:t>6.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I441" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J441" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="442">
+      <x:c r="A442" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B442" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C442" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D442" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E442" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F442" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G442" t="inlineStr">
+        <x:is>
+          <x:t>60.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H442" t="inlineStr">
+        <x:is>
+          <x:t>4.13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I442" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J442" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="443">
+      <x:c r="A443" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B443" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C443" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D443" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E443" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F443" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G443" t="inlineStr">
+        <x:is>
+          <x:t>57.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H443" t="inlineStr">
+        <x:is>
+          <x:t>.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I443" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J443" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="444">
+      <x:c r="A444" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B444" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C444" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D444" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E444" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F444" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G444" t="inlineStr">
+        <x:is>
+          <x:t>56.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H444" t="inlineStr">
+        <x:is>
+          <x:t>.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I444" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J444" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="445">
+      <x:c r="A445" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B445" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C445" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D445" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E445" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F445" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G445" t="inlineStr">
+        <x:is>
+          <x:t>54.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H445" t="inlineStr">
+        <x:is>
+          <x:t>.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I445" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J445" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="446">
+      <x:c r="A446" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B446" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C446" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D446" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E446" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F446" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G446" t="inlineStr">
+        <x:is>
+          <x:t>54.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H446" t="inlineStr">
+        <x:is>
+          <x:t>.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I446" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J446" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>