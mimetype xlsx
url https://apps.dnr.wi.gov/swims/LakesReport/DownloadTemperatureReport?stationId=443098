--- v1 (2025-12-09)
+++ v2 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c53fc44287d40cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e4c2c6a8f7b4ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0d8044daaa0c457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9232a055c65c4139"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d8044daaa0c457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9232a055c65c4139" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>