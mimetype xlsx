--- v2 (2026-01-26)
+++ v3 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e4c2c6a8f7b4ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8b27ef521d4350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9232a055c65c4139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc36cd4f37ed84c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9232a055c65c4139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc36cd4f37ed84c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>