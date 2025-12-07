--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8fd4995d2eb41b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f425bc34024d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb2cffc9b48634d65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra647e2b71d4745ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2cffc9b48634d65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra647e2b71d4745ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>