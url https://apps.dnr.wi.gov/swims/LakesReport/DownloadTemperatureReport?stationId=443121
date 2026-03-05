--- v1 (2025-12-07)
+++ v2 (2026-03-05)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f425bc34024d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra767a1f7f6fa4f10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra647e2b71d4745ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R358cd19e2cf84bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra647e2b71d4745ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R358cd19e2cf84bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -40667,28 +40667,3668 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G782" t="inlineStr">
         <x:is>
           <x:t>64.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H782" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I782" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J782" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="783">
+      <x:c r="A783" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B783" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C783" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D783" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E783" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F783" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G783" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H783" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I783" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J783" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="784">
+      <x:c r="A784" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B784" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C784" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D784" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E784" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F784" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G784" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H784" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I784" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J784" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="785">
+      <x:c r="A785" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B785" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C785" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D785" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E785" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F785" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G785" t="inlineStr">
+        <x:is>
+          <x:t>69.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H785" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I785" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J785" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="786">
+      <x:c r="A786" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B786" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C786" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D786" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E786" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F786" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G786" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H786" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I786" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J786" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="787">
+      <x:c r="A787" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B787" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C787" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D787" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E787" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F787" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G787" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H787" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I787" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J787" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="788">
+      <x:c r="A788" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B788" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C788" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D788" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E788" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F788" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G788" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H788" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I788" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J788" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="789">
+      <x:c r="A789" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B789" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C789" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D789" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E789" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F789" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G789" t="inlineStr">
+        <x:is>
+          <x:t>65.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H789" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I789" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J789" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="790">
+      <x:c r="A790" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B790" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C790" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D790" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E790" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F790" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G790" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H790" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I790" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J790" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="791">
+      <x:c r="A791" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B791" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C791" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D791" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E791" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F791" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G791" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H791" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I791" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J791" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="792">
+      <x:c r="A792" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B792" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C792" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D792" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E792" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F792" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G792" t="inlineStr">
+        <x:is>
+          <x:t>62.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H792" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I792" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J792" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="793">
+      <x:c r="A793" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B793" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C793" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D793" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E793" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F793" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G793" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H793" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I793" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J793" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="794">
+      <x:c r="A794" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B794" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C794" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D794" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E794" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F794" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G794" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H794" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I794" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J794" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="795">
+      <x:c r="A795" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B795" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C795" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D795" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E795" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F795" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G795" t="inlineStr">
+        <x:is>
+          <x:t>73.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H795" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I795" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J795" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="796">
+      <x:c r="A796" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B796" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C796" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D796" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E796" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F796" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G796" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H796" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I796" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J796" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="797">
+      <x:c r="A797" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B797" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C797" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D797" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E797" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F797" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G797" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H797" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I797" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J797" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="798">
+      <x:c r="A798" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B798" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C798" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D798" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E798" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F798" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G798" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H798" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I798" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J798" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="799">
+      <x:c r="A799" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B799" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C799" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D799" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E799" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F799" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G799" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H799" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I799" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J799" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="800">
+      <x:c r="A800" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B800" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C800" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D800" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E800" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F800" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G800" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H800" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I800" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J800" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="801">
+      <x:c r="A801" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B801" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C801" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D801" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E801" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F801" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G801" t="inlineStr">
+        <x:is>
+          <x:t>61.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H801" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I801" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J801" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="802">
+      <x:c r="A802" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B802" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C802" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D802" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E802" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F802" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G802" t="inlineStr">
+        <x:is>
+          <x:t>61.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H802" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I802" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J802" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="803">
+      <x:c r="A803" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B803" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C803" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D803" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E803" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F803" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G803" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H803" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I803" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J803" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="804">
+      <x:c r="A804" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B804" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C804" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D804" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E804" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F804" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G804" t="inlineStr">
+        <x:is>
+          <x:t>76.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H804" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I804" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J804" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="805">
+      <x:c r="A805" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B805" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C805" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D805" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E805" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F805" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G805" t="inlineStr">
+        <x:is>
+          <x:t>76.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H805" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I805" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J805" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="806">
+      <x:c r="A806" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B806" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C806" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D806" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E806" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F806" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G806" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H806" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I806" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J806" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="807">
+      <x:c r="A807" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B807" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C807" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D807" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E807" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F807" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G807" t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H807" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I807" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J807" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="808">
+      <x:c r="A808" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B808" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C808" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D808" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E808" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F808" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G808" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H808" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I808" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J808" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="809">
+      <x:c r="A809" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B809" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C809" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D809" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E809" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F809" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G809" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H809" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I809" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J809" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="810">
+      <x:c r="A810" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B810" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C810" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D810" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E810" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F810" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G810" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H810" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I810" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J810" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="811">
+      <x:c r="A811" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B811" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C811" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D811" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E811" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F811" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G811" t="inlineStr">
+        <x:is>
+          <x:t>61.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H811" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I811" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J811" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="812">
+      <x:c r="A812" t="inlineStr">
+        <x:is>
+          <x:t>08/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B812" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C812" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D812" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E812" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F812" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G812" t="inlineStr">
+        <x:is>
+          <x:t>61.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H812" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I812" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J812" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="813">
+      <x:c r="A813" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B813" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C813" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D813" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E813" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F813" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G813" t="inlineStr">
+        <x:is>
+          <x:t>71.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H813" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I813" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J813" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="814">
+      <x:c r="A814" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B814" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C814" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D814" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E814" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F814" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G814" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H814" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I814" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J814" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="815">
+      <x:c r="A815" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B815" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C815" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D815" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E815" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F815" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G815" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H815" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I815" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J815" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="816">
+      <x:c r="A816" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B816" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C816" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D816" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E816" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F816" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G816" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H816" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I816" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J816" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="817">
+      <x:c r="A817" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B817" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C817" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D817" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E817" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F817" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G817" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H817" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I817" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J817" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="818">
+      <x:c r="A818" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B818" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C818" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D818" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E818" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F818" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G818" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H818" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I818" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J818" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="819">
+      <x:c r="A819" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B819" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C819" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D819" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E819" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F819" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G819" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H819" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I819" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J819" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="820">
+      <x:c r="A820" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B820" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C820" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D820" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E820" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F820" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G820" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H820" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I820" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J820" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="821">
+      <x:c r="A821" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B821" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C821" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D821" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E821" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F821" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G821" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H821" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I821" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J821" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="822">
+      <x:c r="A822" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B822" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C822" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D822" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E822" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F822" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G822" t="inlineStr">
+        <x:is>
+          <x:t>61.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H822" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I822" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J822" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="823">
+      <x:c r="A823" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B823" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C823" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D823" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E823" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F823" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G823" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H823" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I823" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J823" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="824">
+      <x:c r="A824" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B824" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C824" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D824" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E824" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F824" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G824" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H824" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I824" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J824" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="825">
+      <x:c r="A825" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B825" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C825" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D825" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E825" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F825" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G825" t="inlineStr">
+        <x:is>
+          <x:t>65.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H825" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I825" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J825" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="826">
+      <x:c r="A826" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B826" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C826" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D826" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E826" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F826" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G826" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H826" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I826" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J826" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="827">
+      <x:c r="A827" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B827" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C827" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D827" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E827" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F827" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G827" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H827" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I827" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J827" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="828">
+      <x:c r="A828" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B828" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C828" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D828" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E828" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F828" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G828" t="inlineStr">
+        <x:is>
+          <x:t>61.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H828" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I828" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J828" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="829">
+      <x:c r="A829" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B829" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C829" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D829" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E829" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F829" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G829" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H829" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I829" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J829" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="830">
+      <x:c r="A830" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B830" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C830" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D830" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E830" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F830" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G830" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H830" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I830" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J830" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="831">
+      <x:c r="A831" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B831" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C831" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D831" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E831" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F831" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G831" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H831" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I831" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J831" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="832">
+      <x:c r="A832" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B832" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C832" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D832" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E832" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F832" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G832" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H832" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I832" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J832" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="833">
+      <x:c r="A833" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B833" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C833" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D833" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E833" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F833" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G833" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H833" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I833" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J833" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="834">
+      <x:c r="A834" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B834" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C834" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D834" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E834" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F834" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G834" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H834" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I834" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J834" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="835">
+      <x:c r="A835" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B835" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C835" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D835" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E835" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F835" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G835" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H835" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I835" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J835" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="836">
+      <x:c r="A836" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B836" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C836" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D836" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E836" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F836" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G836" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H836" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I836" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J836" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="837">
+      <x:c r="A837" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B837" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C837" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D837" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E837" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F837" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G837" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H837" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I837" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J837" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="838">
+      <x:c r="A838" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B838" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C838" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D838" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E838" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F838" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G838" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H838" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I838" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J838" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="839">
+      <x:c r="A839" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B839" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C839" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D839" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E839" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F839" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G839" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H839" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I839" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J839" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="840">
+      <x:c r="A840" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B840" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C840" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D840" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E840" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F840" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G840" t="inlineStr">
+        <x:is>
+          <x:t>61.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H840" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I840" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J840" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="841">
+      <x:c r="A841" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B841" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C841" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D841" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E841" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G841" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I841" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="842">
+      <x:c r="A842" t="inlineStr">
+        <x:is>
+          <x:t>09/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B842" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C842" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D842" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E842" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G842" t="inlineStr">
+        <x:is>
+          <x:t>61.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I842" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="843">
+      <x:c r="A843" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B843" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C843" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D843" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E843" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G843" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I843" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="844">
+      <x:c r="A844" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B844" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C844" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D844" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E844" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G844" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I844" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="845">
+      <x:c r="A845" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B845" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C845" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D845" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E845" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G845" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I845" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="846">
+      <x:c r="A846" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B846" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C846" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D846" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E846" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G846" t="inlineStr">
+        <x:is>
+          <x:t>62.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I846" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="847">
+      <x:c r="A847" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B847" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C847" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D847" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E847" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G847" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I847" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="848">
+      <x:c r="A848" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B848" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C848" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D848" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E848" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G848" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I848" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="849">
+      <x:c r="A849" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B849" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C849" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D849" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E849" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G849" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I849" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="850">
+      <x:c r="A850" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B850" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C850" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D850" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E850" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G850" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I850" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="851">
+      <x:c r="A851" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B851" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C851" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D851" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E851" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G851" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I851" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="852">
+      <x:c r="A852" t="inlineStr">
+        <x:is>
+          <x:t>10/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B852" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C852" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D852" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E852" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G852" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I852" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>