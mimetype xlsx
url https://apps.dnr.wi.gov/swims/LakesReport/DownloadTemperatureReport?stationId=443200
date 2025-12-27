--- v0 (2025-10-21)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc536e607f1e24ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359937d34af249c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra58544f6a759426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R61ac669ff90845a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra58544f6a759426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61ac669ff90845a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>