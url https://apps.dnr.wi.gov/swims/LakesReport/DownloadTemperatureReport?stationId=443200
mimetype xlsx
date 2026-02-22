--- v1 (2025-12-27)
+++ v2 (2026-02-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359937d34af249c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c5bb33b82945fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R61ac669ff90845a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfbd47f292ce44824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61ac669ff90845a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfbd47f292ce44824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -19867,28 +19867,288 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G382" t="inlineStr">
         <x:is>
           <x:t>63.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H382" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I382" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J382" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="383">
+      <x:c r="A383" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B383" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C383" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D383" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E383" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G383" t="inlineStr">
+        <x:is>
+          <x:t>76.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I383" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c r="A384" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B384" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C384" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D384" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E384" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G384" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I384" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c r="A385" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B385" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C385" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D385" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E385" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G385" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I385" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c r="A386" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B386" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C386" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D386" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E386" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G386" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I386" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c r="A387" t="inlineStr">
+        <x:is>
+          <x:t>07/11/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B387" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C387" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D387" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E387" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G387" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I387" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>