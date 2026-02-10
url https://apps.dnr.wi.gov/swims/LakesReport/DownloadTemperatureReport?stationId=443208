--- v0 (2025-10-20)
+++ v1 (2026-02-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39da2d0ed6bd4bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180db527a09d480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0e54723fe7b94892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re03225a28be04751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e54723fe7b94892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re03225a28be04751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -6035,28 +6035,2524 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G116" t="inlineStr">
         <x:is>
           <x:t>54.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I116" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="117">
+      <x:c r="A117" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B117" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C117" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D117" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E117" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G117" t="inlineStr">
+        <x:is>
+          <x:t>45.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I117" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J117" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="118">
+      <x:c r="A118" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B118" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C118" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D118" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E118" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G118" t="inlineStr">
+        <x:is>
+          <x:t>45.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I118" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="119">
+      <x:c r="A119" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B119" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C119" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D119" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E119" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G119" t="inlineStr">
+        <x:is>
+          <x:t>45.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I119" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="120">
+      <x:c r="A120" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B120" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C120" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D120" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E120" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G120" t="inlineStr">
+        <x:is>
+          <x:t>45.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I120" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t>45.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t>45.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B123" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C123" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D123" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E123" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G123" t="inlineStr">
+        <x:is>
+          <x:t>43.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I123" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B124" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C124" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D124" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E124" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G124" t="inlineStr">
+        <x:is>
+          <x:t>42.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I124" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B125" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C125" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D125" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E125" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G125" t="inlineStr">
+        <x:is>
+          <x:t>42.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I125" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B126" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C126" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D126" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E126" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G126" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I126" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B127" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C127" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D127" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E127" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G127" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I127" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="128">
+      <x:c r="A128" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B128" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C128" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D128" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E128" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G128" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I128" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="129">
+      <x:c r="A129" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B129" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C129" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D129" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E129" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F129" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G129" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H129" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I129" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J129" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="130">
+      <x:c r="A130" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B130" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C130" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D130" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E130" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G130" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I130" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J130" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="131">
+      <x:c r="A131" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B131" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C131" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D131" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E131" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G131" t="inlineStr">
+        <x:is>
+          <x:t>60.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I131" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J131" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="132">
+      <x:c r="A132" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B132" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C132" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D132" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E132" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G132" t="inlineStr">
+        <x:is>
+          <x:t>56.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I132" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J132" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="133">
+      <x:c r="A133" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B133" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C133" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D133" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E133" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G133" t="inlineStr">
+        <x:is>
+          <x:t>55.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I133" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J133" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="134">
+      <x:c r="A134" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B134" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C134" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D134" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E134" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G134" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I134" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J134" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="135">
+      <x:c r="A135" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B135" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C135" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D135" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E135" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G135" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I135" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J135" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B136" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C136" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D136" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E136" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G136" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I136" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>75.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>65.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C140" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D140" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E140" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t>61.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>58.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B142" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C142" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D142" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E142" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G142" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I142" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B143" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C143" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D143" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E143" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G143" t="inlineStr">
+        <x:is>
+          <x:t>53.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I143" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c r="A144" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B144" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C144" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D144" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E144" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G144" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I144" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c r="A145" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B145" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C145" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D145" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E145" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G145" t="inlineStr">
+        <x:is>
+          <x:t>21.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H145" t="inlineStr">
+        <x:is>
+          <x:t>7.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I145" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J145" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B146" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C146" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D146" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E146" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G146" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H146" t="inlineStr">
+        <x:is>
+          <x:t>7.81</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I146" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J146" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B147" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C147" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D147" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E147" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G147" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H147" t="inlineStr">
+        <x:is>
+          <x:t>7.77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I147" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J147" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B148" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C148" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D148" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E148" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G148" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H148" t="inlineStr">
+        <x:is>
+          <x:t>7.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I148" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J148" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B149" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C149" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D149" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E149" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G149" t="inlineStr">
+        <x:is>
+          <x:t>21.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H149" t="inlineStr">
+        <x:is>
+          <x:t>7.63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I149" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J149" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B150" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C150" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D150" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E150" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G150" t="inlineStr">
+        <x:is>
+          <x:t>21.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H150" t="inlineStr">
+        <x:is>
+          <x:t>7.62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I150" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J150" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B151" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C151" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D151" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E151" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G151" t="inlineStr">
+        <x:is>
+          <x:t>18.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H151" t="inlineStr">
+        <x:is>
+          <x:t>.78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I151" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J151" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>16.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t>.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B153" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C153" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D153" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E153" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G153" t="inlineStr">
+        <x:is>
+          <x:t>14.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H153" t="inlineStr">
+        <x:is>
+          <x:t>.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I153" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J153" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="inlineStr">
+        <x:is>
+          <x:t>08/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B154" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C154" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D154" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E154" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G154" t="inlineStr">
+        <x:is>
+          <x:t>12.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H154" t="inlineStr">
+        <x:is>
+          <x:t>.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I154" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J154" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c r="A155" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B155" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C155" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D155" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E155" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G155" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I155" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c r="A156" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B156" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C156" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D156" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E156" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G156" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I156" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c r="A157" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B157" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C157" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D157" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E157" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G157" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I157" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B160" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C160" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D160" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E160" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B162" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C162" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D162" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E162" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G162" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I162" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B163" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C163" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D163" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E163" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G163" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I163" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B164" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C164" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D164" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E164" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G164" t="inlineStr">
+        <x:is>
+          <x:t>53.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I164" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>