--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180db527a09d480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46b2d8161684f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re03225a28be04751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6737200b378d4bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re03225a28be04751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6737200b378d4bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>