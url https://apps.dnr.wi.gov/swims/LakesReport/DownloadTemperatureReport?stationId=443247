--- v0 (2025-10-12)
+++ v1 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7519dcbed654f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec8cd619c834482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8a87623a5410405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc622f392c4924a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a87623a5410405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc622f392c4924a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -679,28 +679,80 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G13" t="inlineStr">
         <x:is>
           <x:t>20.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t>9.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I13" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="inlineStr">
+        <x:is>
+          <x:t>11/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B14" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
+          <x:t>3.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I14" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J14" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>