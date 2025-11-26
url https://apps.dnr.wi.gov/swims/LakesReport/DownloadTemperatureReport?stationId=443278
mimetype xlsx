--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9758f2b9493414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f80dc171b7c452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R83730d9fb3af4ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcb4fc853a1104de6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R83730d9fb3af4ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb4fc853a1104de6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>