--- v1 (2025-11-26)
+++ v2 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f80dc171b7c452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172bf3d80405468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcb4fc853a1104de6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R118250a561fd4862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb4fc853a1104de6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R118250a561fd4862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -452,203 +452,307 @@
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C9" t="inlineStr">
         <x:is>
           <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="D9" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E9" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F9" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G9" t="inlineStr">
         <x:is>
-          <x:t>8.8</x:t>
+          <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
-          <x:t>07/22/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B10" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C10" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D10" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E10" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F10" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G10" t="inlineStr">
         <x:is>
-          <x:t>13.8</x:t>
+          <x:t>18.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H10" t="inlineStr">
         <x:is>
-          <x:t>0.6</x:t>
+          <x:t>8.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
-          <x:t>08/27/2025</x:t>
+          <x:t>07/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B11" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C11" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D11" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E11" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F11" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G11" t="inlineStr">
         <x:is>
-          <x:t>19.7</x:t>
+          <x:t>13.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H11" t="inlineStr">
         <x:is>
-          <x:t>7.2</x:t>
+          <x:t>0.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B12" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
+          <x:t>19.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
+          <x:t>7.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I12" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J12" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="inlineStr">
+        <x:is>
           <x:t>09/15/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="B12" t="inlineStr">
+      <x:c r="B13" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C12" t="inlineStr">
+      <x:c r="C13" t="inlineStr">
         <x:is>
           <x:t>15</x:t>
         </x:is>
       </x:c>
-      <x:c r="D12" t="inlineStr">
+      <x:c r="D13" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="E12" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="G12" t="inlineStr">
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
         <x:is>
           <x:t>20.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="H12" t="inlineStr">
+      <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t>10.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="I12" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="J12" t="inlineStr">
+      <x:c r="I13" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J13" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="inlineStr">
+        <x:is>
+          <x:t>11/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B14" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
+          <x:t>11.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I14" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J14" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>