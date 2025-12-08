--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf0eae0e2d847c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25efbef635540c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R24799dbbe07348e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R81b088d950f347ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R24799dbbe07348e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81b088d950f347ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>