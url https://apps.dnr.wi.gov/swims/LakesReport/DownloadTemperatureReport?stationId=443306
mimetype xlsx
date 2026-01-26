--- v1 (2025-12-08)
+++ v2 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25efbef635540c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e65aed9ca6c4333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R81b088d950f347ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbe6688c472704c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81b088d950f347ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe6688c472704c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -8219,28 +8219,340 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G158" t="inlineStr">
         <x:is>
           <x:t>77.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H158" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I158" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J158" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>80.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B160" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C160" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D160" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E160" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B162" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C162" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D162" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E162" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G162" t="inlineStr">
+        <x:is>
+          <x:t>71.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I162" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B163" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C163" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D163" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E163" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G163" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I163" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B164" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C164" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D164" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E164" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G164" t="inlineStr">
+        <x:is>
+          <x:t>70.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I164" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>