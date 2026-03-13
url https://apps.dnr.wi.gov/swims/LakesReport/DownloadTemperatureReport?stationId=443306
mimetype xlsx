--- v2 (2026-01-26)
+++ v3 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e65aed9ca6c4333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd4f62324d84aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbe6688c472704c9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb95f2d1880404cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe6688c472704c9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb95f2d1880404cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>