--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd9eb59b726e4a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56885cd99b7f4d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra772e4f5ea1f44ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6192323e7f9e45b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra772e4f5ea1f44ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6192323e7f9e45b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -46647,28 +46647,1484 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G897" t="inlineStr">
         <x:is>
           <x:t>46.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H897" t="inlineStr">
         <x:is>
           <x:t>.21</x:t>
         </x:is>
       </x:c>
       <x:c r="I897" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J897" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="898">
+      <x:c r="A898" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B898" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C898" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D898" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E898" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F898" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G898" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H898" t="inlineStr">
+        <x:is>
+          <x:t>7.19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I898" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J898" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="899">
+      <x:c r="A899" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B899" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C899" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D899" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E899" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F899" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G899" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H899" t="inlineStr">
+        <x:is>
+          <x:t>7.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I899" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J899" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="900">
+      <x:c r="A900" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B900" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C900" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D900" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E900" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F900" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G900" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H900" t="inlineStr">
+        <x:is>
+          <x:t>7.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I900" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J900" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="901">
+      <x:c r="A901" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B901" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C901" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D901" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E901" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F901" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G901" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H901" t="inlineStr">
+        <x:is>
+          <x:t>8.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I901" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J901" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="902">
+      <x:c r="A902" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B902" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C902" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D902" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E902" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F902" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G902" t="inlineStr">
+        <x:is>
+          <x:t>52.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H902" t="inlineStr">
+        <x:is>
+          <x:t>3.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I902" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J902" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="903">
+      <x:c r="A903" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B903" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C903" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D903" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E903" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F903" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G903" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H903" t="inlineStr">
+        <x:is>
+          <x:t>.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I903" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J903" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="904">
+      <x:c r="A904" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B904" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C904" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D904" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E904" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G904" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H904" t="inlineStr">
+        <x:is>
+          <x:t>.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I904" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J904" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="905">
+      <x:c r="A905" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B905" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C905" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D905" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E905" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F905" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G905" t="inlineStr">
+        <x:is>
+          <x:t>78.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H905" t="inlineStr">
+        <x:is>
+          <x:t>6.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I905" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J905" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="906">
+      <x:c r="A906" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B906" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C906" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D906" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E906" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F906" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G906" t="inlineStr">
+        <x:is>
+          <x:t>78.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H906" t="inlineStr">
+        <x:is>
+          <x:t>6.72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I906" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J906" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="907">
+      <x:c r="A907" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B907" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C907" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D907" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E907" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F907" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G907" t="inlineStr">
+        <x:is>
+          <x:t>78.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H907" t="inlineStr">
+        <x:is>
+          <x:t>6.73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I907" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J907" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="908">
+      <x:c r="A908" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B908" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C908" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D908" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E908" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G908" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H908" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I908" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J908" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="909">
+      <x:c r="A909" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B909" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C909" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D909" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E909" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G909" t="inlineStr">
+        <x:is>
+          <x:t>60.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H909" t="inlineStr">
+        <x:is>
+          <x:t>8.83</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I909" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J909" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="910">
+      <x:c r="A910" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B910" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C910" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D910" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E910" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G910" t="inlineStr">
+        <x:is>
+          <x:t>53.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H910" t="inlineStr">
+        <x:is>
+          <x:t>.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I910" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J910" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="911">
+      <x:c r="A911" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B911" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C911" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D911" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E911" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G911" t="inlineStr">
+        <x:is>
+          <x:t>52.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H911" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I911" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J911" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="912">
+      <x:c r="A912" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B912" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C912" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D912" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E912" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G912" t="inlineStr">
+        <x:is>
+          <x:t>70.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H912" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I912" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J912" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="913">
+      <x:c r="A913" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B913" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C913" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D913" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E913" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G913" t="inlineStr">
+        <x:is>
+          <x:t>70.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H913" t="inlineStr">
+        <x:is>
+          <x:t>7.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I913" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J913" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="914">
+      <x:c r="A914" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B914" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C914" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D914" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E914" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F914" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G914" t="inlineStr">
+        <x:is>
+          <x:t>70.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H914" t="inlineStr">
+        <x:is>
+          <x:t>7.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I914" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J914" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="915">
+      <x:c r="A915" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B915" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C915" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D915" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E915" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F915" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G915" t="inlineStr">
+        <x:is>
+          <x:t>70.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H915" t="inlineStr">
+        <x:is>
+          <x:t>6.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I915" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J915" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="916">
+      <x:c r="A916" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B916" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C916" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D916" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E916" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F916" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G916" t="inlineStr">
+        <x:is>
+          <x:t>58.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H916" t="inlineStr">
+        <x:is>
+          <x:t>.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I916" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J916" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="917">
+      <x:c r="A917" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B917" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C917" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D917" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E917" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G917" t="inlineStr">
+        <x:is>
+          <x:t>53.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H917" t="inlineStr">
+        <x:is>
+          <x:t>.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I917" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J917" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="918">
+      <x:c r="A918" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B918" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C918" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D918" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E918" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F918" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G918" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H918" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I918" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J918" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="919">
+      <x:c r="A919" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B919" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C919" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D919" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E919" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F919" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G919" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H919" t="inlineStr">
+        <x:is>
+          <x:t>7.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I919" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J919" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="920">
+      <x:c r="A920" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B920" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C920" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D920" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E920" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F920" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G920" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H920" t="inlineStr">
+        <x:is>
+          <x:t>7.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I920" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J920" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="921">
+      <x:c r="A921" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B921" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C921" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D921" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E921" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F921" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G921" t="inlineStr">
+        <x:is>
+          <x:t>69.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H921" t="inlineStr">
+        <x:is>
+          <x:t>7.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I921" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J921" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="922">
+      <x:c r="A922" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B922" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C922" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D922" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E922" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F922" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G922" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H922" t="inlineStr">
+        <x:is>
+          <x:t>7.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I922" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J922" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="923">
+      <x:c r="A923" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B923" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C923" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D923" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E923" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F923" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G923" t="inlineStr">
+        <x:is>
+          <x:t>64.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H923" t="inlineStr">
+        <x:is>
+          <x:t>7.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I923" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J923" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="924">
+      <x:c r="A924" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B924" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C924" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D924" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E924" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F924" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G924" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H924" t="inlineStr">
+        <x:is>
+          <x:t>1.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I924" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J924" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="925">
+      <x:c r="A925" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B925" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C925" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D925" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E925" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F925" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G925" t="inlineStr">
+        <x:is>
+          <x:t>60.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H925" t="inlineStr">
+        <x:is>
+          <x:t>.82</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I925" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J925" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>