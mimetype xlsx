--- v0 (2025-10-18)
+++ v1 (2026-01-02)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24958e5437164e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562f410fad5c4d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8464afe3b5df4a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ea500e756a142ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8464afe3b5df4a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ea500e756a142ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -16955,28 +16955,496 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G326" t="inlineStr">
         <x:is>
           <x:t>57.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H326" t="inlineStr">
         <x:is>
           <x:t>4.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I326" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J326" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="327">
+      <x:c r="A327" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B327" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C327" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D327" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E327" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F327" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G327" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H327" t="inlineStr">
+        <x:is>
+          <x:t>10.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I327" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J327" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="328">
+      <x:c r="A328" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B328" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C328" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D328" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E328" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F328" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G328" t="inlineStr">
+        <x:is>
+          <x:t>48.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H328" t="inlineStr">
+        <x:is>
+          <x:t>10.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I328" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J328" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B329" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C329" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D329" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E329" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t>48.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t>10.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B330" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C330" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D330" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E330" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G330" t="inlineStr">
+        <x:is>
+          <x:t>48.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H330" t="inlineStr">
+        <x:is>
+          <x:t>10.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I330" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J330" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c r="A331" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B331" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C331" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D331" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E331" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G331" t="inlineStr">
+        <x:is>
+          <x:t>48.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H331" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I331" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J331" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c r="A332" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B332" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C332" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D332" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E332" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G332" t="inlineStr">
+        <x:is>
+          <x:t>48.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H332" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I332" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J332" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c r="A333" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B333" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C333" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D333" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E333" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G333" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H333" t="inlineStr">
+        <x:is>
+          <x:t>9.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I333" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J333" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="334">
+      <x:c r="A334" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B334" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C334" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D334" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E334" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G334" t="inlineStr">
+        <x:is>
+          <x:t>48.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H334" t="inlineStr">
+        <x:is>
+          <x:t>9.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I334" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J334" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="335">
+      <x:c r="A335" t="inlineStr">
+        <x:is>
+          <x:t>10/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B335" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C335" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D335" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E335" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G335" t="inlineStr">
+        <x:is>
+          <x:t>48.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H335" t="inlineStr">
+        <x:is>
+          <x:t>9.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I335" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J335" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>