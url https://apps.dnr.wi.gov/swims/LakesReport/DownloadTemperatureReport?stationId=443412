--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562f410fad5c4d6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ee2201294914150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ea500e756a142ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8cff53ab08b4465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ea500e756a142ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cff53ab08b4465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>