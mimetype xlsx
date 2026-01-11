--- v0 (2025-10-27)
+++ v1 (2026-01-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f307540d61c4c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fdd66bc6084378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7dce20586dce4169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd89b09e797b6453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dce20586dce4169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd89b09e797b6453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -2343,28 +2343,288 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G45" t="inlineStr">
         <x:is>
           <x:t>66.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I45" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J45" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="46">
+      <x:c r="A46" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B46" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C46" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D46" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E46" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F46" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G46" t="inlineStr">
+        <x:is>
+          <x:t>48.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H46" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I46" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J46" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="47">
+      <x:c r="A47" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B47" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C47" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D47" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E47" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F47" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G47" t="inlineStr">
+        <x:is>
+          <x:t>48.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H47" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I47" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J47" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="48">
+      <x:c r="A48" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B48" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C48" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D48" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E48" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G48" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I48" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J48" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="49">
+      <x:c r="A49" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B49" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C49" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D49" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E49" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G49" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I49" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J49" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="50">
+      <x:c r="A50" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B50" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C50" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D50" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E50" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G50" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I50" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J50" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>