--- v1 (2026-01-11)
+++ v2 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fdd66bc6084378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6376260cb44a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd89b09e797b6453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4685939940de4e3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd89b09e797b6453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4685939940de4e3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>