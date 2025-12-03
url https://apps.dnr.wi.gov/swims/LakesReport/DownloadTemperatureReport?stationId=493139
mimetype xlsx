--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163cc08f50c84fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf9e731c3894f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra18c82944f1e4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R66fb079d69e54c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra18c82944f1e4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66fb079d69e54c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>