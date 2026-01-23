--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf9e731c3894f99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea23167086c34157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R66fb079d69e54c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5a9209fd9615460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R66fb079d69e54c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a9209fd9615460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>