--- v2 (2026-01-23)
+++ v3 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea23167086c34157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e62d7ec3da43d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5a9209fd9615460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Race1388263a442da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a9209fd9615460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Race1388263a442da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -47739,28 +47739,4396 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G918" t="inlineStr">
         <x:is>
           <x:t>48.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H918" t="inlineStr">
         <x:is>
           <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I918" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J918" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="919">
+      <x:c r="A919" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B919" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C919" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D919" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E919" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F919" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G919" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H919" t="inlineStr">
+        <x:is>
+          <x:t>10.26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I919" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J919" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="920">
+      <x:c r="A920" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B920" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C920" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D920" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E920" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F920" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G920" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H920" t="inlineStr">
+        <x:is>
+          <x:t>11.56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I920" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J920" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="921">
+      <x:c r="A921" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B921" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C921" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D921" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E921" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F921" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G921" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H921" t="inlineStr">
+        <x:is>
+          <x:t>11.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I921" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J921" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="922">
+      <x:c r="A922" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B922" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C922" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D922" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E922" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F922" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G922" t="inlineStr">
+        <x:is>
+          <x:t>56.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H922" t="inlineStr">
+        <x:is>
+          <x:t>11.79</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I922" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J922" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="923">
+      <x:c r="A923" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B923" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C923" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D923" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E923" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F923" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G923" t="inlineStr">
+        <x:is>
+          <x:t>55.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H923" t="inlineStr">
+        <x:is>
+          <x:t>11.79</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I923" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J923" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="924">
+      <x:c r="A924" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B924" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C924" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D924" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E924" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F924" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G924" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H924" t="inlineStr">
+        <x:is>
+          <x:t>11.79</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I924" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J924" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="925">
+      <x:c r="A925" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B925" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C925" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D925" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E925" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F925" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G925" t="inlineStr">
+        <x:is>
+          <x:t>53.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H925" t="inlineStr">
+        <x:is>
+          <x:t>11.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I925" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J925" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="926">
+      <x:c r="A926" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B926" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C926" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D926" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E926" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F926" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G926" t="inlineStr">
+        <x:is>
+          <x:t>52.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H926" t="inlineStr">
+        <x:is>
+          <x:t>11.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I926" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J926" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="927">
+      <x:c r="A927" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B927" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C927" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D927" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E927" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F927" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G927" t="inlineStr">
+        <x:is>
+          <x:t>51.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H927" t="inlineStr">
+        <x:is>
+          <x:t>11.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I927" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J927" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="928">
+      <x:c r="A928" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B928" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C928" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D928" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E928" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F928" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G928" t="inlineStr">
+        <x:is>
+          <x:t>50.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H928" t="inlineStr">
+        <x:is>
+          <x:t>11.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I928" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J928" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="929">
+      <x:c r="A929" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B929" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C929" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D929" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E929" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F929" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G929" t="inlineStr">
+        <x:is>
+          <x:t>50.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H929" t="inlineStr">
+        <x:is>
+          <x:t>11.35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I929" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J929" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="930">
+      <x:c r="A930" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B930" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C930" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D930" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E930" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F930" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G930" t="inlineStr">
+        <x:is>
+          <x:t>49.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H930" t="inlineStr">
+        <x:is>
+          <x:t>11.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I930" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J930" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="931">
+      <x:c r="A931" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B931" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C931" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D931" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E931" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F931" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G931" t="inlineStr">
+        <x:is>
+          <x:t>48.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H931" t="inlineStr">
+        <x:is>
+          <x:t>10.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I931" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J931" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="932">
+      <x:c r="A932" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B932" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C932" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D932" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E932" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F932" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G932" t="inlineStr">
+        <x:is>
+          <x:t>46.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H932" t="inlineStr">
+        <x:is>
+          <x:t>9.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I932" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J932" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="933">
+      <x:c r="A933" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B933" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C933" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D933" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E933" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F933" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G933" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H933" t="inlineStr">
+        <x:is>
+          <x:t>.98</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I933" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J933" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="934">
+      <x:c r="A934" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B934" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C934" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D934" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E934" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F934" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G934" t="inlineStr">
+        <x:is>
+          <x:t>45.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H934" t="inlineStr">
+        <x:is>
+          <x:t>.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I934" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J934" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="935">
+      <x:c r="A935" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B935" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C935" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D935" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E935" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F935" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G935" t="inlineStr">
+        <x:is>
+          <x:t>45.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H935" t="inlineStr">
+        <x:is>
+          <x:t>.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I935" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J935" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="936">
+      <x:c r="A936" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B936" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C936" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D936" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E936" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F936" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G936" t="inlineStr">
+        <x:is>
+          <x:t>45.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H936" t="inlineStr">
+        <x:is>
+          <x:t>.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I936" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J936" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="937">
+      <x:c r="A937" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B937" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C937" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D937" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E937" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F937" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G937" t="inlineStr">
+        <x:is>
+          <x:t>45.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H937" t="inlineStr">
+        <x:is>
+          <x:t>.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I937" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J937" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="938">
+      <x:c r="A938" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B938" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C938" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D938" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E938" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F938" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G938" t="inlineStr">
+        <x:is>
+          <x:t>45.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H938" t="inlineStr">
+        <x:is>
+          <x:t>.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I938" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J938" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="939">
+      <x:c r="A939" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B939" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C939" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D939" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E939" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F939" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G939" t="inlineStr">
+        <x:is>
+          <x:t>45.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H939" t="inlineStr">
+        <x:is>
+          <x:t>.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I939" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J939" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="940">
+      <x:c r="A940" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B940" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C940" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D940" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E940" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F940" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G940" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H940" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I940" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J940" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="941">
+      <x:c r="A941" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B941" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C941" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D941" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E941" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F941" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G941" t="inlineStr">
+        <x:is>
+          <x:t>78.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H941" t="inlineStr">
+        <x:is>
+          <x:t>10.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I941" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J941" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="942">
+      <x:c r="A942" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B942" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C942" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D942" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E942" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F942" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G942" t="inlineStr">
+        <x:is>
+          <x:t>78.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H942" t="inlineStr">
+        <x:is>
+          <x:t>10.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I942" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J942" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="943">
+      <x:c r="A943" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B943" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C943" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D943" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E943" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F943" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G943" t="inlineStr">
+        <x:is>
+          <x:t>77.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H943" t="inlineStr">
+        <x:is>
+          <x:t>10.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I943" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J943" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="944">
+      <x:c r="A944" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B944" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C944" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D944" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E944" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F944" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G944" t="inlineStr">
+        <x:is>
+          <x:t>75.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H944" t="inlineStr">
+        <x:is>
+          <x:t>10.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I944" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J944" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="945">
+      <x:c r="A945" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B945" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C945" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D945" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E945" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F945" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G945" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H945" t="inlineStr">
+        <x:is>
+          <x:t>11.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I945" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J945" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="946">
+      <x:c r="A946" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B946" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C946" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D946" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E946" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F946" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G946" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H946" t="inlineStr">
+        <x:is>
+          <x:t>7.57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I946" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J946" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="947">
+      <x:c r="A947" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B947" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C947" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D947" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E947" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F947" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G947" t="inlineStr">
+        <x:is>
+          <x:t>59.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H947" t="inlineStr">
+        <x:is>
+          <x:t>5.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I947" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J947" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="948">
+      <x:c r="A948" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B948" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C948" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D948" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E948" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F948" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G948" t="inlineStr">
+        <x:is>
+          <x:t>56.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H948" t="inlineStr">
+        <x:is>
+          <x:t>4.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I948" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J948" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="949">
+      <x:c r="A949" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B949" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C949" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D949" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E949" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F949" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G949" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H949" t="inlineStr">
+        <x:is>
+          <x:t>4.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I949" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J949" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="950">
+      <x:c r="A950" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B950" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C950" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D950" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E950" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F950" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G950" t="inlineStr">
+        <x:is>
+          <x:t>50.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H950" t="inlineStr">
+        <x:is>
+          <x:t>4.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I950" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J950" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="951">
+      <x:c r="A951" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B951" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C951" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D951" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E951" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F951" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G951" t="inlineStr">
+        <x:is>
+          <x:t>49.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H951" t="inlineStr">
+        <x:is>
+          <x:t>4.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I951" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J951" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="952">
+      <x:c r="A952" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B952" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C952" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D952" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E952" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F952" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G952" t="inlineStr">
+        <x:is>
+          <x:t>48.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H952" t="inlineStr">
+        <x:is>
+          <x:t>3.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I952" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J952" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="953">
+      <x:c r="A953" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B953" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C953" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D953" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E953" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F953" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G953" t="inlineStr">
+        <x:is>
+          <x:t>47.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H953" t="inlineStr">
+        <x:is>
+          <x:t>2.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I953" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J953" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="954">
+      <x:c r="A954" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B954" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C954" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D954" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E954" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F954" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G954" t="inlineStr">
+        <x:is>
+          <x:t>47.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H954" t="inlineStr">
+        <x:is>
+          <x:t>.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I954" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J954" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="955">
+      <x:c r="A955" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B955" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C955" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D955" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E955" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F955" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G955" t="inlineStr">
+        <x:is>
+          <x:t>47.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H955" t="inlineStr">
+        <x:is>
+          <x:t>.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I955" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J955" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="956">
+      <x:c r="A956" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B956" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C956" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D956" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E956" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F956" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G956" t="inlineStr">
+        <x:is>
+          <x:t>47.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H956" t="inlineStr">
+        <x:is>
+          <x:t>.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I956" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J956" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="957">
+      <x:c r="A957" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B957" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C957" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D957" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E957" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F957" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G957" t="inlineStr">
+        <x:is>
+          <x:t>47.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H957" t="inlineStr">
+        <x:is>
+          <x:t>.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I957" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J957" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="958">
+      <x:c r="A958" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B958" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C958" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D958" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E958" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F958" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G958" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H958" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I958" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J958" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="959">
+      <x:c r="A959" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B959" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C959" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D959" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E959" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F959" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G959" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H959" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I959" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J959" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="960">
+      <x:c r="A960" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B960" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C960" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D960" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E960" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F960" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G960" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H960" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I960" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J960" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="961">
+      <x:c r="A961" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B961" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C961" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D961" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E961" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F961" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G961" t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H961" t="inlineStr">
+        <x:is>
+          <x:t>9.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I961" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J961" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="962">
+      <x:c r="A962" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B962" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C962" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D962" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E962" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F962" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G962" t="inlineStr">
+        <x:is>
+          <x:t>77.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H962" t="inlineStr">
+        <x:is>
+          <x:t>10.96</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I962" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J962" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="963">
+      <x:c r="A963" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B963" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C963" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D963" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E963" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F963" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G963" t="inlineStr">
+        <x:is>
+          <x:t>77.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H963" t="inlineStr">
+        <x:is>
+          <x:t>10.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I963" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J963" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="964">
+      <x:c r="A964" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B964" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C964" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D964" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E964" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F964" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G964" t="inlineStr">
+        <x:is>
+          <x:t>77.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H964" t="inlineStr">
+        <x:is>
+          <x:t>10.82</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I964" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J964" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="965">
+      <x:c r="A965" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B965" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C965" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D965" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E965" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F965" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G965" t="inlineStr">
+        <x:is>
+          <x:t>77.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H965" t="inlineStr">
+        <x:is>
+          <x:t>10.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I965" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J965" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="966">
+      <x:c r="A966" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B966" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C966" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D966" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E966" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F966" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G966" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H966" t="inlineStr">
+        <x:is>
+          <x:t>10.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I966" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J966" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="967">
+      <x:c r="A967" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B967" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C967" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D967" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E967" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F967" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G967" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H967" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I967" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J967" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="968">
+      <x:c r="A968" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B968" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C968" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D968" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E968" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F968" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G968" t="inlineStr">
+        <x:is>
+          <x:t>62.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H968" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I968" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J968" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="969">
+      <x:c r="A969" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B969" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C969" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D969" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E969" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F969" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G969" t="inlineStr">
+        <x:is>
+          <x:t>60.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H969" t="inlineStr">
+        <x:is>
+          <x:t>.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I969" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J969" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="970">
+      <x:c r="A970" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B970" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C970" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D970" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E970" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F970" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G970" t="inlineStr">
+        <x:is>
+          <x:t>55.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H970" t="inlineStr">
+        <x:is>
+          <x:t>.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I970" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J970" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="971">
+      <x:c r="A971" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B971" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C971" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D971" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E971" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F971" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G971" t="inlineStr">
+        <x:is>
+          <x:t>52.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H971" t="inlineStr">
+        <x:is>
+          <x:t>.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I971" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J971" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="972">
+      <x:c r="A972" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B972" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C972" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D972" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E972" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F972" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G972" t="inlineStr">
+        <x:is>
+          <x:t>51.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H972" t="inlineStr">
+        <x:is>
+          <x:t>.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I972" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J972" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="973">
+      <x:c r="A973" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B973" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C973" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D973" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E973" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F973" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G973" t="inlineStr">
+        <x:is>
+          <x:t>49.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H973" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I973" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J973" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="974">
+      <x:c r="A974" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B974" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C974" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D974" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E974" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F974" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G974" t="inlineStr">
+        <x:is>
+          <x:t>48.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H974" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I974" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J974" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="975">
+      <x:c r="A975" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B975" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C975" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D975" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E975" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F975" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G975" t="inlineStr">
+        <x:is>
+          <x:t>48.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H975" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I975" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J975" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="976">
+      <x:c r="A976" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B976" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C976" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D976" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E976" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F976" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G976" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H976" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I976" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J976" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="977">
+      <x:c r="A977" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B977" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C977" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D977" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E977" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F977" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G977" t="inlineStr">
+        <x:is>
+          <x:t>47.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H977" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I977" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J977" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="978">
+      <x:c r="A978" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B978" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C978" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D978" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E978" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F978" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G978" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H978" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I978" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J978" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="979">
+      <x:c r="A979" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B979" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C979" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D979" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E979" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F979" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G979" t="inlineStr">
+        <x:is>
+          <x:t>46.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H979" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I979" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J979" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="980">
+      <x:c r="A980" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B980" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C980" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D980" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E980" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F980" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G980" t="inlineStr">
+        <x:is>
+          <x:t>46.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H980" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I980" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J980" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="981">
+      <x:c r="A981" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B981" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C981" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D981" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E981" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F981" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G981" t="inlineStr">
+        <x:is>
+          <x:t>46.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H981" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I981" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J981" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="982">
+      <x:c r="A982" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B982" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C982" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D982" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E982" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F982" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G982" t="inlineStr">
+        <x:is>
+          <x:t>85.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H982" t="inlineStr">
+        <x:is>
+          <x:t>9.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I982" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J982" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="983">
+      <x:c r="A983" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B983" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C983" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D983" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E983" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F983" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G983" t="inlineStr">
+        <x:is>
+          <x:t>75.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H983" t="inlineStr">
+        <x:is>
+          <x:t>10.49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I983" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J983" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="984">
+      <x:c r="A984" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B984" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C984" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D984" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E984" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F984" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G984" t="inlineStr">
+        <x:is>
+          <x:t>73.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H984" t="inlineStr">
+        <x:is>
+          <x:t>10.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I984" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J984" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="985">
+      <x:c r="A985" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B985" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C985" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D985" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E985" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F985" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G985" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H985" t="inlineStr">
+        <x:is>
+          <x:t>10.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I985" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J985" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="986">
+      <x:c r="A986" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B986" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C986" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D986" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E986" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F986" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G986" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H986" t="inlineStr">
+        <x:is>
+          <x:t>8.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I986" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J986" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="987">
+      <x:c r="A987" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B987" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C987" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D987" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E987" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F987" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G987" t="inlineStr">
+        <x:is>
+          <x:t>71.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H987" t="inlineStr">
+        <x:is>
+          <x:t>8.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I987" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J987" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="988">
+      <x:c r="A988" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B988" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C988" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D988" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E988" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F988" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G988" t="inlineStr">
+        <x:is>
+          <x:t>70.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H988" t="inlineStr">
+        <x:is>
+          <x:t>5.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I988" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J988" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="989">
+      <x:c r="A989" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B989" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C989" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D989" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E989" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F989" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G989" t="inlineStr">
+        <x:is>
+          <x:t>64.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H989" t="inlineStr">
+        <x:is>
+          <x:t>.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I989" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J989" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="990">
+      <x:c r="A990" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B990" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C990" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D990" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E990" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F990" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G990" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H990" t="inlineStr">
+        <x:is>
+          <x:t>.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I990" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J990" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="991">
+      <x:c r="A991" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B991" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C991" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D991" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E991" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F991" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G991" t="inlineStr">
+        <x:is>
+          <x:t>57.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H991" t="inlineStr">
+        <x:is>
+          <x:t>.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I991" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J991" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="992">
+      <x:c r="A992" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B992" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C992" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D992" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E992" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F992" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G992" t="inlineStr">
+        <x:is>
+          <x:t>54.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H992" t="inlineStr">
+        <x:is>
+          <x:t>.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I992" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J992" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="993">
+      <x:c r="A993" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B993" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C993" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D993" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E993" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F993" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G993" t="inlineStr">
+        <x:is>
+          <x:t>52.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H993" t="inlineStr">
+        <x:is>
+          <x:t>.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I993" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J993" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="994">
+      <x:c r="A994" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B994" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C994" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D994" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E994" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F994" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G994" t="inlineStr">
+        <x:is>
+          <x:t>50.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H994" t="inlineStr">
+        <x:is>
+          <x:t>.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I994" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J994" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="995">
+      <x:c r="A995" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B995" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C995" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D995" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E995" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F995" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G995" t="inlineStr">
+        <x:is>
+          <x:t>49.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H995" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I995" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J995" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="996">
+      <x:c r="A996" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B996" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C996" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D996" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E996" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F996" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G996" t="inlineStr">
+        <x:is>
+          <x:t>48.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H996" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I996" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J996" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="997">
+      <x:c r="A997" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B997" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C997" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D997" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E997" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F997" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G997" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H997" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I997" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J997" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="998">
+      <x:c r="A998" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B998" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C998" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D998" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E998" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F998" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G998" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H998" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I998" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J998" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="999">
+      <x:c r="A999" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B999" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C999" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D999" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E999" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F999" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G999" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H999" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I999" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J999" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1000">
+      <x:c r="A1000" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1000" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1000" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1000" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1000" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1000" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1000" t="inlineStr">
+        <x:is>
+          <x:t>47.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1000" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1000" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1000" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1001">
+      <x:c r="A1001" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1001" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1001" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1001" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1001" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1001" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1001" t="inlineStr">
+        <x:is>
+          <x:t>47.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1001" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1001" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1001" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1002">
+      <x:c r="A1002" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1002" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1002" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1002" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1002" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1002" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1002" t="inlineStr">
+        <x:is>
+          <x:t>47.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1002" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1002" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1002" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>